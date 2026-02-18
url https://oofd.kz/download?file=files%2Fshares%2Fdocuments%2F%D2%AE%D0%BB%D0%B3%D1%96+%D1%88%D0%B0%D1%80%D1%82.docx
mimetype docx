--- v0 (2025-10-31)
+++ v1 (2026-02-18)
@@ -1,49 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
     <w:p w14:paraId="5A5FE122" w14:textId="77777777" w:rsidR="00AC33C5" w:rsidRPr="00AC33C5" w:rsidRDefault="00ED3CB0" w:rsidP="0062762D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C07AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
@@ -107,99 +109,81 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                  </w:t>
       </w:r>
       <w:r w:rsidR="00AC33C5" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>"Қазақтелеком" АҚ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C8CE710" w14:textId="77777777" w:rsidR="00AC33C5" w:rsidRPr="00173885" w:rsidRDefault="0062762D" w:rsidP="00A063AE">
+    <w:p w14:paraId="3C8CE710" w14:textId="240CBEC1" w:rsidR="00AC33C5" w:rsidRPr="00173885" w:rsidRDefault="0041595E" w:rsidP="00A063AE">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00173885">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AC33C5" w:rsidRPr="00173885">
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A063AE" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> жылғы   _________</w:t>
+        <w:t>_________</w:t>
       </w:r>
       <w:r w:rsidR="00AC33C5" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  № ____</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04891C32" w14:textId="77777777" w:rsidR="006952F8" w:rsidRPr="00173885" w:rsidRDefault="0062762D" w:rsidP="0062762D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
@@ -215,119 +199,72 @@
       <w:r w:rsidR="00AC33C5" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>бұйрығына қосымша</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B0B534D" w14:textId="77777777" w:rsidR="006A4089" w:rsidRPr="00173885" w:rsidRDefault="006A4089" w:rsidP="0062762D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C878019" w14:textId="77777777" w:rsidR="006A4089" w:rsidRPr="00173885" w:rsidRDefault="006A4089" w:rsidP="006A4089">
+    <w:p w14:paraId="5596F3D2" w14:textId="6473DAD2" w:rsidR="006A4089" w:rsidRPr="00173885" w:rsidRDefault="006A4089" w:rsidP="0041595E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                   "Қазақтелеком" АҚ</w:t>
-[...46 lines deleted...]
-        <w:t xml:space="preserve">                                                                                                   бұйрығына қосымша</w:t>
+        <w:t xml:space="preserve">                                                                                                   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B14A4AB" w14:textId="77777777" w:rsidR="00AC33C5" w:rsidRPr="00173885" w:rsidRDefault="00AC33C5" w:rsidP="00AC33C5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01FE04C0" w14:textId="77777777" w:rsidR="006952F8" w:rsidRPr="00173885" w:rsidRDefault="006952F8" w:rsidP="006952F8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
@@ -765,117 +702,90 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> және оның</w:t>
       </w:r>
       <w:r w:rsidR="008D4436" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> қосымшаларында </w:t>
       </w:r>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>мынадай терминдер мен қысқартулар қолданылады:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D282B66" w14:textId="77777777" w:rsidR="00C7637D" w:rsidRPr="00173885" w:rsidRDefault="00C7637D" w:rsidP="00C7637D">
+    <w:p w14:paraId="0D282B66" w14:textId="45CD82CA" w:rsidR="00C7637D" w:rsidRPr="00173885" w:rsidRDefault="00C7637D" w:rsidP="00C7637D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Авторландыру деректері</w:t>
       </w:r>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> – логин/пароль және/немесе қатынау кілті</w:t>
       </w:r>
       <w:r w:rsidR="00AF6AA9" w:rsidRPr="00173885">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF6AA9" w:rsidRPr="00173885">
-[...25 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>және/немесе басқа</w:t>
       </w:r>
       <w:r w:rsidR="00FA6459" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> да</w:t>
       </w:r>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -1403,169 +1313,178 @@
         <w:t>да келтірілген.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E2774A1" w14:textId="7907A19B" w:rsidR="006F5FC7" w:rsidRPr="00173885" w:rsidRDefault="00680CB5" w:rsidP="00680CB5">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00232AA8" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өтінім </w:t>
+      </w:r>
+      <w:r w:rsidR="00232AA8" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D2D32" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00634612" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызметтерді</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5FC7" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қос</w:t>
+      </w:r>
+      <w:r w:rsidR="00232AA8" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уға және тарифтеуге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтінім, </w:t>
+      </w:r>
+      <w:r w:rsidR="006F5FC7" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пайдаланушы, Пайдаланушының БКМ туралы мәліметтен, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A4089" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пайдаланушының дербес шоты,</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5A67" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F5FC7" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пайдаланушы таңдаған Қызметтерге қосылу әдісі, Тарифтік жоспар және </w:t>
+      </w:r>
+      <w:r w:rsidR="006F5FC7" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>2</w:t>
-[...116 lines deleted...]
-        <w:t>Пайдаланушы таңдаған Қызметтерге қосылу әдісі, Тарифтік жоспар және Қызметтерді қосу күні туралы Порталда ЭЦҚ</w:t>
+        <w:t>Қызметтерді қосу күні туралы Порталда ЭЦҚ</w:t>
       </w:r>
       <w:r w:rsidR="00AF6AA9" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> немесе СМС-код</w:t>
       </w:r>
       <w:r w:rsidR="006F5FC7" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> арқылы Пайдаланушы қол қойған ақпараттан тұратын электронды құжат. </w:t>
       </w:r>
       <w:r w:rsidR="005E0372" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
@@ -1939,132 +1858,168 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалатын жеке тұлғаға (дербес деректер субъектісіне) қатысты </w:t>
       </w:r>
       <w:r w:rsidR="00F6500B" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>мәлімет</w:t>
       </w:r>
       <w:r w:rsidR="00586902" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE1AFEF" w14:textId="77777777" w:rsidR="00C7637D" w:rsidRPr="00173885" w:rsidRDefault="00C7637D" w:rsidP="00B24D36">
+    <w:p w14:paraId="1FE1AFEF" w14:textId="5169F0C6" w:rsidR="00C7637D" w:rsidRPr="00173885" w:rsidRDefault="00C7637D" w:rsidP="00B24D36">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Портал</w:t>
       </w:r>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00911E2F" w:rsidRPr="00173885">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="auto"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.oofd.kz</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00911E2F" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00911E2F" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>www.ismet.kz</w:t>
+        <w:t>www.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E217F2" w:rsidRPr="00E217F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>b2b.telecom</w:t>
+      </w:r>
+      <w:r w:rsidR="00911E2F" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.kz</w:t>
       </w:r>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB4E32" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">(бұдан әрі – ISMET) </w:t>
+        <w:t xml:space="preserve">(бұдан әрі – </w:t>
+      </w:r>
+      <w:r w:rsidR="00E217F2" w:rsidRPr="00E217F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>b2b.telecom</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB4E32" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>адрес</w:t>
       </w:r>
       <w:r w:rsidR="00911E2F" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>тер</w:t>
       </w:r>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
@@ -2610,61 +2565,70 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2EFFEF01" w14:textId="77777777" w:rsidR="00C7637D" w:rsidRPr="00173885" w:rsidRDefault="00C7637D" w:rsidP="00154FD8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">Техникалық және ақпараттық қолдау </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– Қызметтерді көрсету мәселелері бойынша Оператордың Пайдаланушыға көрсететін ауызша және жазбаша кеңестері (ақпараттық қолдау), сонымен бірге Қызметтерді көрсетуге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Техникалық және ақпараттық қолдау </w:t>
-[...8 lines deleted...]
-        <w:t>– Қызметтерді көрсету мәселелері бойынша Оператордың Пайдаланушыға көрсететін ауызша және жазбаша кеңестері (ақпараттық қолдау), сонымен бірге Қызметтерді көрсетуге байланысты Оператордың жауапкершілігі а</w:t>
+        <w:t>байланысты Оператордың жауапкершілігі а</w:t>
       </w:r>
       <w:r w:rsidR="00582C02" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>умағ</w:t>
       </w:r>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ында пайда болатын техникалық проблемаларды жою</w:t>
       </w:r>
       <w:r w:rsidR="002B0A5D" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
@@ -3759,61 +3723,51 @@
       <w:r w:rsidR="00231D93" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>2-өтінімнің электронды нысанына ЭЦҚ</w:t>
       </w:r>
       <w:r w:rsidR="00CA1538" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> немесе СМС-код</w:t>
       </w:r>
       <w:r w:rsidR="00231D93" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> арқылы қол қоя отырып, </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Қызметті қосуға және </w:t>
+        <w:t xml:space="preserve"> арқылы қол қоя отырып, Қызметті қосуға және </w:t>
       </w:r>
       <w:r w:rsidR="00537126" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Тарифтік жоспарға сәйкес </w:t>
       </w:r>
       <w:r w:rsidR="00231D93" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>тарифтелуіне өзінің сөзсіз келіс</w:t>
       </w:r>
       <w:r w:rsidR="00D247E0" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
@@ -3893,51 +3847,61 @@
       <w:r w:rsidR="00A063AE" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>код</w:t>
       </w:r>
       <w:r w:rsidR="007E30B8" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> арқылы </w:t>
       </w:r>
       <w:r w:rsidR="00CA1538" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қол қойылған Электрондық құжаттар (1-</w:t>
+        <w:t xml:space="preserve">қол қойылған Электрондық </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1538" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>құжаттар (1-</w:t>
       </w:r>
       <w:r w:rsidR="007E30B8" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>өтінім</w:t>
       </w:r>
       <w:r w:rsidR="00CA1538" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, 2-</w:t>
       </w:r>
       <w:r w:rsidR="007E30B8" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
@@ -4904,94 +4868,85 @@
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">6) </w:t>
       </w:r>
       <w:r w:rsidR="0089291E" w:rsidRPr="0089291E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">маркетингтік зерттеулерді және (немесе) деректерді талдауды жүзеге асыру мақсатында пайдаланушыдан алынған БКМ қолданумен жүзеге асырылатын ақшалай есеп айырысулар, операциялар туралы мәліметтер. Шарттың осы тармақшасына сәйкес деректерді жинау, өңдеу кезінде Оператор оларды Қазақстан Республикасының заңнамасына сәйкес иесіздендіруге міндеттенеді. Бұл ретте шарттың осы тармақшасына сәйкес деректерді жинауды және (немесе) өңдеуді оператордың бір немесе (және) </w:t>
-[...9 lines deleted...]
-        <w:t>бірнеше құрылымдық бөлімшелері (оның ішінде филиалдар) жүзеге асырады. Көрсетілген жағдайларда оператор деректерді жинау және (немесе) өңдеу үшін пайдаланушы алдында жауапты болып қалады</w:t>
+        <w:t>маркетингтік зерттеулерді және (немесе) деректерді талдауды жүзеге асыру мақсатында пайдаланушыдан алынған БКМ қолданумен жүзеге асырылатын ақшалай есеп айырысулар, операциялар туралы мәліметтер. Шарттың осы тармақшасына сәйкес деректерді жинау, өңдеу кезінде Оператор оларды Қазақстан Республикасының заңнамасына сәйкес иесіздендіруге міндеттенеді. Бұл ретте шарттың осы тармақшасына сәйкес деректерді жинауды және (немесе) өңдеуді оператордың бір немесе (және) бірнеше құрылымдық бөлімшелері (оның ішінде филиалдар) жүзеге асырады. Көрсетілген жағдайларда оператор деректерді жинау және (немесе) өңдеу үшін пайдаланушы алдында жауапты болып қалады</w:t>
       </w:r>
       <w:r w:rsidR="0089291E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DDF154D" w14:textId="77777777" w:rsidR="006F2619" w:rsidRPr="00173885" w:rsidRDefault="006F2619" w:rsidP="00E3084B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Пайдалануш</w:t>
       </w:r>
       <w:r w:rsidR="007D4FF1" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ы деректерді өңдеу нәтижесінде О</w:t>
       </w:r>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ператор алған иесіздендірілген дере</w:t>
       </w:r>
       <w:r w:rsidR="005C6FAB" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -5831,51 +5786,50 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49179A00" w14:textId="77777777" w:rsidR="007C1423" w:rsidRPr="00173885" w:rsidRDefault="00D35C36" w:rsidP="00817EF8">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">10. </w:t>
       </w:r>
       <w:r w:rsidR="00F05CBD" w:rsidRPr="00173885">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Қызметтер мен </w:t>
       </w:r>
       <w:r w:rsidR="00F05CBD" w:rsidRPr="00173885">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Тарифтік жоспарлар туралы ақпарат Порталда орналастырылады, со</w:t>
       </w:r>
       <w:r w:rsidR="006F5FFC" w:rsidRPr="00173885">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
@@ -7254,86 +7208,68 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 72 сағаттан аспауы </w:t>
       </w:r>
       <w:r w:rsidR="00B968C2" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>тиіс</w:t>
       </w:r>
       <w:r w:rsidR="00C7637D" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FED6756" w14:textId="77777777" w:rsidR="00A063AE" w:rsidRPr="00173885" w:rsidRDefault="00A063AE" w:rsidP="003065BD">
+    <w:p w14:paraId="31A23A84" w14:textId="77777777" w:rsidR="00B968C2" w:rsidRPr="00173885" w:rsidRDefault="00B968C2" w:rsidP="003065BD">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31A23A84" w14:textId="77777777" w:rsidR="00B968C2" w:rsidRPr="00173885" w:rsidRDefault="00B968C2" w:rsidP="003065BD">
-[...16 lines deleted...]
-    </w:p>
     <w:p w14:paraId="37AB9F7D" w14:textId="77777777" w:rsidR="00C7637D" w:rsidRPr="00173885" w:rsidRDefault="00C7637D" w:rsidP="00C7637D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00D11FA1" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -7414,50 +7350,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Шарттың 17-тармағында көзделген жағдайда;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47866F9D" w14:textId="77777777" w:rsidR="00C7637D" w:rsidRPr="00173885" w:rsidRDefault="00F022C9" w:rsidP="00C7637D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">егер </w:t>
       </w:r>
       <w:r w:rsidR="00C7637D" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Оператордың негізделген пікірі бойынша Пайдаланушының Қызметтерді қолдануы Оп</w:t>
       </w:r>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ераторға залал келтіретін болса</w:t>
       </w:r>
       <w:r w:rsidR="00C7637D" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -8276,51 +8213,50 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67EBB01C" w14:textId="77777777" w:rsidR="00A063AE" w:rsidRPr="00173885" w:rsidRDefault="00140F88" w:rsidP="00C7637D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>9) Қазақстан Республикасының заңнамасында көзделген тәртіппен, оның ішінде нотариус</w:t>
       </w:r>
       <w:r w:rsidR="00CB1E12" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>тың атқарушылық жазба</w:t>
       </w:r>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> жасау</w:t>
       </w:r>
       <w:r w:rsidR="00CB1E12" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -8347,1146 +8283,1187 @@
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>айдаланушыдан осы Шарт бойынша берешекті өндіріп алуға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D01EC7" w14:textId="77777777" w:rsidR="00FB6AE1" w:rsidRPr="00173885" w:rsidRDefault="00FB6AE1" w:rsidP="00C7637D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="663994C1" w14:textId="77777777" w:rsidR="00C7637D" w:rsidRPr="00173885" w:rsidRDefault="00452B6A" w:rsidP="00C7637D">
+    <w:p w14:paraId="570CB265" w14:textId="77777777" w:rsidR="008830F2" w:rsidRDefault="008830F2" w:rsidP="008830F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...44 lines deleted...]
-    <w:p w14:paraId="4A0C8F7F" w14:textId="77777777" w:rsidR="005E2453" w:rsidRPr="00173885" w:rsidRDefault="00C7637D" w:rsidP="00C7637D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22E197E6" w14:textId="77777777" w:rsidR="008830F2" w:rsidRDefault="008830F2" w:rsidP="008830F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00173885">
-[...63 lines deleted...]
-    <w:p w14:paraId="5EE9DDBE" w14:textId="77777777" w:rsidR="00685D9E" w:rsidRPr="00173885" w:rsidRDefault="00BA3D8F" w:rsidP="00685D9E">
+    </w:p>
+    <w:p w14:paraId="1640FAA8" w14:textId="77777777" w:rsidR="008830F2" w:rsidRDefault="008830F2" w:rsidP="008830F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00173885">
-[...54 lines deleted...]
-    <w:p w14:paraId="4CEC9D5C" w14:textId="77777777" w:rsidR="00685D9E" w:rsidRPr="00173885" w:rsidRDefault="00685D9E" w:rsidP="00685D9E">
+    </w:p>
+    <w:p w14:paraId="10853A3F" w14:textId="438D13E4" w:rsidR="008830F2" w:rsidRDefault="00452B6A" w:rsidP="008830F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...158 lines deleted...]
-    <w:p w14:paraId="2C5DBC5F" w14:textId="77777777" w:rsidR="00846C6A" w:rsidRPr="00173885" w:rsidRDefault="00685D9E" w:rsidP="00CF5C25">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2453" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00925D11" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Пайдаланушы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7637D" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A0C8F7F" w14:textId="4F5BD19C" w:rsidR="005E2453" w:rsidRPr="008830F2" w:rsidRDefault="00C7637D" w:rsidP="008830F2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...86 lines deleted...]
-    <w:p w14:paraId="23105C35" w14:textId="77777777" w:rsidR="00C7637D" w:rsidRPr="00173885" w:rsidRDefault="00685D9E" w:rsidP="00C7637D">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2453" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оператор Порталында орналастырылған нұсқаулыққа</w:t>
+      </w:r>
+      <w:r w:rsidR="006634FC" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сонымен қатар БКМ пайдаланушысының нұсқаулығына </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2453" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәйкес,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2E23" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оператордың </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2453" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2E23" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Деректерді өңдеу орталығына БКМ-ді қосуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE9DDBE" w14:textId="77777777" w:rsidR="00685D9E" w:rsidRPr="00173885" w:rsidRDefault="00BA3D8F" w:rsidP="00685D9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="45AE32F9" w14:textId="23C60B4F" w:rsidR="000D1228" w:rsidRPr="00173885" w:rsidRDefault="004C2477" w:rsidP="00685D9E">
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00685D9E" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жерүсті VPN-арнасын қосқаннан кейін дереу, егер оны </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF60FB" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="00685D9E" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ператор бекіткен нысан бойынша ұсынса, жұмыстарды қабылдау актісіне және/немесе жабдықты уақытша иеленуге және пайдалануға (жалға) </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF60FB" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>беру актісіне қол қоюға</w:t>
+      </w:r>
+      <w:r w:rsidR="00685D9E" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CEC9D5C" w14:textId="77777777" w:rsidR="00685D9E" w:rsidRPr="00173885" w:rsidRDefault="00685D9E" w:rsidP="00685D9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">6) </w:t>
-[...28 lines deleted...]
-      <w:r w:rsidR="00171864" w:rsidRPr="00173885">
+        <w:t>3) е</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF60FB" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>гер жабдық П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">айдаланушыға уақытша иеленуге және пайдалануға берілген жағдайда, Шарттың қолданылуы тоқтатылғанға дейін жабдықты ақаусыз күйде және тиісті түрде </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF60FB" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ператорға қайтаруға не</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF60FB" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>месе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF60FB" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жабдық жоғалған /</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нәтижесінде оны одан әрі тиісінше пайдалану мүмкін болмайтын  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF60FB" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">леулі бүлінген кезде Жабдықты беру актісінде көрсетілген жабдық құнын </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF60FB" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ператорға өтеуге не </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF60FB" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ператорға жабдықтың өзге де зақымдануы кезінде жабдықты жөндеуге жұмсалған </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF60FB" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>соманы өтеуге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46E64C81" w14:textId="77777777" w:rsidR="00CF5C25" w:rsidRPr="00173885" w:rsidRDefault="004C2477" w:rsidP="000A20AE">
+    <w:p w14:paraId="2C5DBC5F" w14:textId="77777777" w:rsidR="00846C6A" w:rsidRPr="00173885" w:rsidRDefault="00685D9E" w:rsidP="00CF5C25">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>7)</w:t>
-[...74 lines deleted...]
-    <w:p w14:paraId="0C11C6BC" w14:textId="77777777" w:rsidR="00266D67" w:rsidRPr="00173885" w:rsidRDefault="004C2477" w:rsidP="00266D67">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="005A174A" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7179" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>егер Пайдаланушының жергілікті байланыс жел</w:t>
+      </w:r>
+      <w:r w:rsidR="00365859" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ісі VPN арна</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF5C25" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сын</w:t>
+      </w:r>
+      <w:r w:rsidR="00365859" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қосу нүктесі БКМ-не</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7179" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н тыс орналасқан жағдайда ұйымдастырылған болса, онда БКМ-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF60FB" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дан</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB7179" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оператордың VPN арнасына қосу нүктесіне дейін берілетін деректердің сақталуын және қауіпсіздігін өздігінен қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23105C35" w14:textId="77777777" w:rsidR="00C7637D" w:rsidRPr="00173885" w:rsidRDefault="00685D9E" w:rsidP="00C7637D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C7637D" w:rsidRPr="00173885">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51E1A" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="000A5212" w:rsidRPr="00173885">
-[...18 lines deleted...]
-    <w:p w14:paraId="2101D3EB" w14:textId="77777777" w:rsidR="006F40C0" w:rsidRPr="00173885" w:rsidRDefault="003723C6" w:rsidP="006F40C0">
+      <w:r w:rsidR="002E015D" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оператор көрсететін Қызметтерге уақытылы және толық көлемде төлем жасауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45AE32F9" w14:textId="23C60B4F" w:rsidR="000D1228" w:rsidRPr="00173885" w:rsidRDefault="004C2477" w:rsidP="00685D9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6638" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>Қ</w:t>
       </w:r>
-      <w:r w:rsidR="006F40C0" w:rsidRPr="00173885">
-[...108 lines deleted...]
-    <w:p w14:paraId="5E2BABFF" w14:textId="77777777" w:rsidR="00266D67" w:rsidRPr="00173885" w:rsidRDefault="00266D67" w:rsidP="00266D67">
+      <w:r w:rsidR="00171864" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызметтер көрсетуді тоқтату қажет болған жағдайда (есептен шығару, БКМ есептен шығару және т. б.) Шарттың 36-тармағында белгіленген тәртіппен өтінім беру</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6638" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге</w:t>
+      </w:r>
+      <w:r w:rsidR="00171864" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E64C81" w14:textId="77777777" w:rsidR="00CF5C25" w:rsidRPr="00173885" w:rsidRDefault="004C2477" w:rsidP="000A20AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>өзінің авторландырылған дерект</w:t>
-[...53 lines deleted...]
-        <w:t>құпиял</w:t>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7637D" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00672022" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тіркеу және авторландыру деректерінің сақталуын және құпиялылығын қамтамасыз етуге, сондай-ақ өз ресурстарын дәл келтіруді және жеке кабинетті үшінші тұлғалардың жосықсыз пайдалануынан қорғауды қамтамасыз ететін тәсілмен пай</w:t>
+      </w:r>
+      <w:r w:rsidR="003723C6" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>далануды жүзеге асыруға</w:t>
+      </w:r>
+      <w:r w:rsidR="00266D67" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidR="003723C6" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілген</w:t>
+      </w:r>
+      <w:r w:rsidR="00266D67" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> міндетті орындамаған жағдайда Пайдаланушы  </w:t>
       </w:r>
       <w:r w:rsidR="000A20AE" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ығының бұзылуына қатысты негізделген күдіктері болған </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="4C72365E" w14:textId="6DBFF412" w:rsidR="00D120A8" w:rsidRPr="00173885" w:rsidRDefault="004C2477" w:rsidP="00CA66C0">
+        <w:t>толық жауап береді</w:t>
+      </w:r>
+      <w:r w:rsidR="00266D67" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Пайдаланушының тіркеу деректерін қолданып, іске асырылған барлық әрекет Пайдаланушы орындаған болып есептеледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C11C6BC" w14:textId="77777777" w:rsidR="00266D67" w:rsidRPr="00173885" w:rsidRDefault="004C2477" w:rsidP="00266D67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="004563CF" w:rsidRPr="00173885">
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7637D" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="003B6813" w:rsidRPr="00173885">
-[...36 lines deleted...]
-    <w:p w14:paraId="549CA118" w14:textId="77777777" w:rsidR="000A20AE" w:rsidRPr="00173885" w:rsidRDefault="004C2477" w:rsidP="00CA66C0">
+      <w:r w:rsidR="000A5212" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мыналар туралы </w:t>
+      </w:r>
+      <w:r w:rsidR="00266D67" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тез арада Операторға хабарлауға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2101D3EB" w14:textId="77777777" w:rsidR="006F40C0" w:rsidRPr="00173885" w:rsidRDefault="003723C6" w:rsidP="006F40C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>10</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="17DCF39B" w14:textId="77777777" w:rsidR="00C7637D" w:rsidRPr="00173885" w:rsidRDefault="004C2477" w:rsidP="00C7637D">
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidR="006F40C0" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ызметті пайдалан</w:t>
+      </w:r>
+      <w:r w:rsidR="000A20AE" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уда туындаған бұзылымдар туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="006F40C0" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оператордың консультациялық-ақпараттық қызметіне бірыңғай </w:t>
+      </w:r>
+      <w:r w:rsidR="000A20AE" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қоңырау шалу нөмірі</w:t>
+      </w:r>
+      <w:r w:rsidR="006F40C0" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және / неме</w:t>
+      </w:r>
+      <w:r w:rsidR="000A20AE" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>се электрондық пошта</w:t>
+      </w:r>
+      <w:r w:rsidR="006F40C0" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы өтініш беру </w:t>
+      </w:r>
+      <w:r w:rsidR="000A20AE" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жолымен</w:t>
+      </w:r>
+      <w:r w:rsidR="006F40C0" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Порталда Оператордың консультациялық-ақпараттық қызметінің бірыңғай </w:t>
+      </w:r>
+      <w:r w:rsidR="000A20AE" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қоңырау шалу</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5212" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нөмірі мен электрондық мекен</w:t>
+      </w:r>
+      <w:r w:rsidR="006F40C0" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жайы көрсетілген);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2BABFF" w14:textId="77777777" w:rsidR="00266D67" w:rsidRPr="00173885" w:rsidRDefault="00266D67" w:rsidP="00266D67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>11</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t>өзінің авторландырылған дерект</w:t>
       </w:r>
       <w:r w:rsidR="000A5212" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қызметт</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="127A4BA4" w14:textId="77777777" w:rsidR="00C7637D" w:rsidRPr="00173885" w:rsidRDefault="00DC3022" w:rsidP="00C7637D">
+        <w:t xml:space="preserve">ерінің жоғалғаны туралы немесе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзінің тіркеу және</w:t>
+      </w:r>
+      <w:r w:rsidR="00F042E5" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (немесе)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> авторландырылған </w:t>
+      </w:r>
+      <w:r w:rsidR="000A5212" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">деректерінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>құпиял</w:t>
+      </w:r>
+      <w:r w:rsidR="000A20AE" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ығының бұзылуына қатысты негізделген күдіктері болған </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жағдайда; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C72365E" w14:textId="6DBFF412" w:rsidR="00D120A8" w:rsidRPr="00173885" w:rsidRDefault="004C2477" w:rsidP="00CA66C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="004563CF" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="003B6813" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="00D120A8" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орталда тіркелу кезінде және 1, 2 және 3</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6813" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D120A8" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтінімдерді беру кезінде дәйекті деректерді ұсынуға және өзгерген жағдайда оларды дереу өзектендіруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="549CA118" w14:textId="77777777" w:rsidR="000A20AE" w:rsidRPr="00173885" w:rsidRDefault="004C2477" w:rsidP="00CA66C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="0039440C" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F4622E" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шарт бойынша құқықтары мен міндеттерін үшінші тұлғаларға бермеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17DCF39B" w14:textId="77777777" w:rsidR="00C7637D" w:rsidRPr="00173885" w:rsidRDefault="004C2477" w:rsidP="00C7637D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidR="0039440C" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="000A5212" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қызметт</w:t>
+      </w:r>
+      <w:r w:rsidR="00F4622E" w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і пайдалану кезінде белгіленген техникалық талаптарды орындауға және жабдықтың бұзылуына және Оператордың Деректерді өңдеу орталығы мен байланыс желісі жұмысының бұзылуына әкелетін әрекеттерді жасамауға;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="127A4BA4" w14:textId="77777777" w:rsidR="00C7637D" w:rsidRPr="00173885" w:rsidRDefault="00DC3022" w:rsidP="00C7637D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="004C2477" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00C7637D" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00E0784B" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -9715,51 +9692,64 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>мерз</w:t>
       </w:r>
       <w:r w:rsidR="004B73BB" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>імдік аудит (тексеру) жүргізуге міндеттенеді</w:t>
       </w:r>
       <w:r w:rsidR="00685D9E" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0763D986" w14:textId="77777777" w:rsidR="00C7637D" w:rsidRPr="00173885" w:rsidRDefault="00C7637D" w:rsidP="00685D9E">
+    <w:p w14:paraId="0F628F45" w14:textId="77777777" w:rsidR="008830F2" w:rsidRDefault="008830F2" w:rsidP="00685D9E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="57" w:firstLine="510"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0763D986" w14:textId="55DCB6ED" w:rsidR="00C7637D" w:rsidRPr="00173885" w:rsidRDefault="00C7637D" w:rsidP="00685D9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="57" w:firstLine="510"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="007C2488" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
@@ -10360,82 +10350,73 @@
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="0052420F" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00226108" w:rsidRPr="00173885">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00226108" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Пайдаланушының жеке шотынан пайдаланушы таңдаған тарифтік жоспардың құны мөлшерінде жазылудың барлық мерзімі үшін ақшаны </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">есептен шығару тарифтік жоспарды іске қосқан күні бір рет жүзеге асырылады. </w:t>
+        <w:t xml:space="preserve">Пайдаланушының жеке шотынан пайдаланушы таңдаған тарифтік жоспардың құны мөлшерінде жазылудың барлық мерзімі үшін ақшаны есептен шығару тарифтік жоспарды іске қосқан күні бір рет жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A0F54F0" w14:textId="77777777" w:rsidR="00226108" w:rsidRPr="00173885" w:rsidRDefault="00226108" w:rsidP="00D73461">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Оператор қызметтерді қосуды Пайдаланушының дербес шотында Шарттың 15-тармағында айқындалған мөлшерде сома (ақша) болған кезде ғана жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="093A369C" w14:textId="60938891" w:rsidR="00777D77" w:rsidRPr="00173885" w:rsidRDefault="00752125" w:rsidP="00D73461">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00247728" w:rsidRPr="00173885">
@@ -10605,88 +10586,115 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidR="00C7637D" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008223C9" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Оператор ай сайын:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="447C2A6A" w14:textId="77777777" w:rsidR="00F43EEB" w:rsidRPr="00173885" w:rsidRDefault="00F43EEB" w:rsidP="00D73461">
+    <w:p w14:paraId="447C2A6A" w14:textId="616BF8F0" w:rsidR="00F43EEB" w:rsidRPr="00173885" w:rsidRDefault="00F43EEB" w:rsidP="00D73461">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">есепті кезеңнен кейінгі айдың 15 (он бесінші) күніне дейінгі мерзімде </w:t>
       </w:r>
       <w:r w:rsidR="00BD4E96" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">айдаланушыға орындалған жұмыстардың (көрсетілген қызметтердің) актісін ISMET арқылы электрондық нысанда не </w:t>
+        <w:t xml:space="preserve">айдаланушыға орындалған жұмыстардың (көрсетілген қызметтердің) актісін </w:t>
+      </w:r>
+      <w:r w:rsidR="00E217F2" w:rsidRPr="00E217F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>b2b.teleco</w:t>
+      </w:r>
+      <w:r w:rsidR="00E217F2" w:rsidRPr="0041595E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00173885">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арқылы электрондық нысанда не </w:t>
       </w:r>
       <w:r w:rsidR="00BD4E96" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>айдаланушының есепті кезеңнен кейінгі айдың 1 (бірінші) күнінен кешіктірмей берген өтініші бойынша қағаз жеткізгіште жібереді;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A73FA99" w14:textId="77777777" w:rsidR="008223C9" w:rsidRPr="00173885" w:rsidRDefault="00B8624F" w:rsidP="00D73461">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
@@ -14522,85 +14530,85 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">: KZ31601A861051851371, </w:t>
       </w:r>
       <w:r w:rsidRPr="00B92114">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«Қазақстан халық банкі» АҚ</w:t>
       </w:r>
       <w:r w:rsidR="00C45166" w:rsidRPr="00C45166">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DED3032" w14:textId="0CDB7AF8" w:rsidR="00B92114" w:rsidRPr="00C45166" w:rsidRDefault="00B92114" w:rsidP="00B92114">
+    <w:p w14:paraId="2DED3032" w14:textId="06B157F0" w:rsidR="00B92114" w:rsidRDefault="00B92114" w:rsidP="00B92114">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:ind w:left="708" w:right="2" w:firstLine="12"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B92114">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>БСК HSBKKZKX, Кбе 16, ТМК 852.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="560D8157" w14:textId="019E9C80" w:rsidR="00BC675F" w:rsidRPr="00173885" w:rsidRDefault="00BC675F" w:rsidP="00BC675F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...11 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Фискалдық деректерді қабылдау, өңдеу, сақтау және </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F27DD37" w14:textId="77777777" w:rsidR="00BC675F" w:rsidRPr="00173885" w:rsidRDefault="00BC675F" w:rsidP="00BC675F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
@@ -15733,55 +15741,55 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Пайдаланушы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69186E71" w14:textId="77777777" w:rsidR="00BC675F" w:rsidRPr="00173885" w:rsidRDefault="0034666F" w:rsidP="00AD51C3">
+    <w:p w14:paraId="69186E71" w14:textId="77777777" w:rsidR="00BC675F" w:rsidRPr="00173885" w:rsidRDefault="0034666F" w:rsidP="004813AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Ф</w:t>
       </w:r>
       <w:r w:rsidR="00BC675F" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
@@ -15812,55 +15820,55 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>растайды</w:t>
       </w:r>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> және оған қосылады</w:t>
       </w:r>
       <w:r w:rsidR="00BC675F" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6951D870" w14:textId="77777777" w:rsidR="00AA0006" w:rsidRPr="00173885" w:rsidRDefault="00AA0006" w:rsidP="00AA0006">
+    <w:p w14:paraId="6951D870" w14:textId="77777777" w:rsidR="00AA0006" w:rsidRPr="00173885" w:rsidRDefault="00AA0006" w:rsidP="004813AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>жоғарыда көрсетілген деректерге сәйкес қызметті қосуға және тарифтеуге өзінің келісімін білдіреді</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E93667" w14:textId="77777777" w:rsidR="0017695A" w:rsidRPr="00173885" w:rsidRDefault="00AA0006" w:rsidP="00AA0006">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
@@ -16120,120 +16128,120 @@
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29F30FE6" w14:textId="77777777" w:rsidR="001B1D63" w:rsidRPr="00173885" w:rsidRDefault="001B1D63" w:rsidP="001B1D63">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CB5C524" w14:textId="77777777" w:rsidR="001B1D63" w:rsidRPr="00173885" w:rsidRDefault="004C2477" w:rsidP="004C2477">
+    <w:p w14:paraId="6CB5C524" w14:textId="77777777" w:rsidR="001B1D63" w:rsidRPr="00173885" w:rsidRDefault="004C2477" w:rsidP="004813AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Жазылу жүйесі бойынша тарифтік жоспарлар </w:t>
       </w:r>
       <w:r w:rsidR="001B1D63" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">БКМ-ді  қолданып жүзеге асырылатын ақшалай есеп айырысу операциялары туралы электронды ақпаратты  қабылдау, өңдеу, сақтау және салық органдарына өзгермеген түрінде беру қызметтері (бұдан әрі – Ақпаратты қабылдау, өңдеу, сақтау және беру)енеді. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1458E713" w14:textId="77777777" w:rsidR="001B1D63" w:rsidRPr="00173885" w:rsidRDefault="004C2477" w:rsidP="004C2477">
+    <w:p w14:paraId="1458E713" w14:textId="77777777" w:rsidR="001B1D63" w:rsidRPr="00173885" w:rsidRDefault="004C2477" w:rsidP="004813AF">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Қызметке жазылу мерзіміне байланысты Пайдаланушы келесі тарифтік жоспарлардың бірін таңдауға құқылы:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4795" w:type="pct"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3652"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2126"/>
+        <w:gridCol w:w="3564"/>
+        <w:gridCol w:w="3321"/>
+        <w:gridCol w:w="2075"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FF6C51" w:rsidRPr="00173885" w14:paraId="73818F92" w14:textId="77777777" w:rsidTr="00FF6C51">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1989" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="31A57415" w14:textId="77777777" w:rsidR="00FF6C51" w:rsidRPr="00173885" w:rsidRDefault="00FF6C51" w:rsidP="004C2477">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
@@ -18783,54 +18791,54 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4420"/>
-        <w:gridCol w:w="5044"/>
+        <w:gridCol w:w="4366"/>
+        <w:gridCol w:w="4980"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008708E0" w:rsidRPr="00B92114" w14:paraId="407E0CC4" w14:textId="77777777" w:rsidTr="008708E0">
+      <w:tr w:rsidR="008708E0" w:rsidRPr="00DC4854" w14:paraId="407E0CC4" w14:textId="77777777" w:rsidTr="008708E0">
         <w:trPr>
           <w:trHeight w:val="1202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4420" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="498E1E7F" w14:textId="77777777" w:rsidR="008708E0" w:rsidRPr="00173885" w:rsidRDefault="008708E0" w:rsidP="00327CD8">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="993"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
@@ -21062,99 +21070,79 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13BD9FEA" w14:textId="77777777" w:rsidR="00B67AD9" w:rsidRPr="00173885" w:rsidRDefault="00B67AD9" w:rsidP="004E018D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CAC7CFE" w14:textId="77777777" w:rsidR="00B67AD9" w:rsidRPr="00173885" w:rsidRDefault="00B67AD9" w:rsidP="004E018D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="304403D3" w14:textId="77777777" w:rsidR="00823BBE" w:rsidRPr="00173885" w:rsidRDefault="00823BBE" w:rsidP="004E018D">
-[...19 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6CE2A460" w14:textId="77777777" w:rsidR="00B67AD9" w:rsidRPr="00173885" w:rsidRDefault="00B67AD9" w:rsidP="00B67AD9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5685"/>
           <w:tab w:val="right" w:pos="9356"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Фискалдық деректерді қабылдау, өңдеу, сақтау және </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DC8DB0E" w14:textId="77777777" w:rsidR="00B67AD9" w:rsidRPr="00173885" w:rsidRDefault="00B67AD9" w:rsidP="00B67AD9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
           <w:tab w:val="left" w:pos="5685"/>
           <w:tab w:val="right" w:pos="9356"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00173885">
@@ -22823,69 +22811,68 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>растайды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B71DED0" w14:textId="421DA0C0" w:rsidR="00BC675F" w:rsidRPr="008C07AC" w:rsidRDefault="00BF40BB" w:rsidP="00BF40BB">
+    <w:p w14:paraId="21F73E76" w14:textId="2FF54D48" w:rsidR="004813AF" w:rsidRPr="008C07AC" w:rsidRDefault="00BF40BB" w:rsidP="00DC4854">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="90" w:right="2" w:firstLine="477"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Өтінім</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> беру </w:t>
       </w:r>
       <w:r w:rsidR="00DF1F72" w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
@@ -23015,139 +23002,135 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>босатпайды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00173885">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:r w:rsidR="004813AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="004813AF" w:rsidRPr="008C07AC" w:rsidSect="006952F8">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="993" w:left="1701" w:header="708" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="03A019D2" w14:textId="77777777" w:rsidR="007E30B8" w:rsidRDefault="007E30B8" w:rsidP="002C2134">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="38BB0828" w14:textId="77777777" w:rsidR="007E30B8" w:rsidRDefault="007E30B8" w:rsidP="002C2134">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:p w14:paraId="4CC87F95" w14:textId="77777777" w:rsidR="007E30B8" w:rsidRDefault="007E30B8">
     <w:pPr>
       <w:pStyle w:val="af6"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="42D36367" w14:textId="77777777" w:rsidR="007E30B8" w:rsidRDefault="007E30B8">
     <w:pPr>
       <w:pStyle w:val="af6"/>
     </w:pPr>
   </w:p>
 </w:ftr>
@@ -23217,139 +23200,50 @@
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="11FB9C4C" w14:textId="77777777" w:rsidR="007E30B8" w:rsidRDefault="007E30B8">
     <w:pPr>
       <w:pStyle w:val="af4"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="013044C0"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04751CC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1ACA798"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="730" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -23391,1322 +23285,676 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4330" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5050" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5770" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09EB21BA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8BBC37FC"/>
+    <w:lvl w:ilvl="0" w:tplc="826AAC04">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="465" w:hanging="465"/>
-[...735 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1648" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2368" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3088" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3808" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4528" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5248" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5968" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6688" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3A6C7843"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E89165E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AE76745E"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="71380AC0"/>
+    <w:lvl w:ilvl="0" w:tplc="64B271A0">
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2509" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3229" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3949" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4669" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5389" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6109" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6829" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3ADB1500"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23287AB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D4BE2CD4"/>
-    <w:lvl w:ilvl="0" w:tplc="F18E905E">
+    <w:tmpl w:val="445C1422"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1212" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2490" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3210" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3930" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4650" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5370" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6090" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6810" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7530" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3D6D3D81"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24E769BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="AE48A3E4"/>
-    <w:lvl w:ilvl="0" w:tplc="673AB9BA">
+    <w:tmpl w:val="C0144EF0"/>
+    <w:lvl w:ilvl="0" w:tplc="F55E97B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="927" w:hanging="360"/>
+        <w:ind w:left="1110" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1647" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2367" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3087" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3807" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4527" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5247" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5967" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6687" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3E586697"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25961709"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="F2044D20"/>
-    <w:lvl w:ilvl="0" w:tplc="F77255E0">
+    <w:tmpl w:val="B094B474"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1770" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2490" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3210" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3930" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4650" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5370" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6090" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6810" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7530" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3F706868"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2F370744"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="35A68C9E"/>
-    <w:lvl w:ilvl="0" w:tplc="FDFEBE1E">
+    <w:tmpl w:val="5B54FCE4"/>
+    <w:lvl w:ilvl="0" w:tplc="7D06D0A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1770" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45D82310"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC6493EC"/>
+    <w:lvl w:ilvl="0" w:tplc="893C422A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2490" w:hanging="360"/>
+        <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3210" w:hanging="180"/>
+        <w:ind w:left="2367" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3930" w:hanging="360"/>
+        <w:ind w:left="3087" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4650" w:hanging="360"/>
+        <w:ind w:left="3807" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5370" w:hanging="180"/>
+        <w:ind w:left="4527" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6090" w:hanging="360"/>
+        <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6810" w:hanging="360"/>
+        <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7530" w:hanging="180"/>
+        <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49AD30C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="564E5A46"/>
     <w:lvl w:ilvl="0" w:tplc="96D00CF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
@@ -24754,51 +24002,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4ACB0362"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA5EB90E"/>
     <w:lvl w:ilvl="0" w:tplc="D5DA8532">
       <w:start w:val="14"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E8BAABE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1370"/>
         </w:tabs>
         <w:ind w:left="1370" w:hanging="360"/>
@@ -24849,521 +24097,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4970" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5690" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6410" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-[...469 lines deleted...]
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="600F73BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18B66FC4"/>
     <w:lvl w:ilvl="0" w:tplc="42B0AAAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -25410,429 +24188,144 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="602C3F0B"/>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="635E607E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EE908C48"/>
-    <w:lvl w:ilvl="0" w:tplc="14729C98">
+    <w:tmpl w:val="A51A803C"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="927" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1647" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2367" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3087" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3807" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4527" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5247" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5967" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6687" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="662A3700"/>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75D7176C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="725005E8"/>
-[...285 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="5F5A9812">
+    <w:tmpl w:val="49B8880A"/>
+    <w:lvl w:ilvl="0" w:tplc="269CA98E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
@@ -25873,354 +24366,126 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
-[...176 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="7">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="11"/>
-[...22 lines deleted...]
-  <w:num w:numId="21">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="22">
-[...29 lines deleted...]
-  <w:numIdMacAtCleanup w:val="26"/>
+  <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:mailMerge>
     <w:mainDocumentType w:val="mailingLabels"/>
     <w:dataType w:val="textFile"/>
     <w:activeRecord w:val="-1"/>
     <w:odso/>
   </w:mailMerge>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="82945"/>
+    <o:shapedefaults v:ext="edit" spidmax="93185"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006A5B6C"/>
     <w:rsid w:val="0000109D"/>
     <w:rsid w:val="00003E19"/>
     <w:rsid w:val="000052E0"/>
     <w:rsid w:val="00007798"/>
     <w:rsid w:val="00010FF7"/>
     <w:rsid w:val="00013015"/>
     <w:rsid w:val="00016400"/>
     <w:rsid w:val="0002005A"/>
     <w:rsid w:val="000200D8"/>
     <w:rsid w:val="00022AF5"/>
     <w:rsid w:val="00027129"/>
     <w:rsid w:val="000319D3"/>
     <w:rsid w:val="00031A0C"/>
     <w:rsid w:val="00031B8E"/>
     <w:rsid w:val="00032316"/>
     <w:rsid w:val="0003433C"/>
     <w:rsid w:val="00034810"/>
     <w:rsid w:val="00034A2A"/>
     <w:rsid w:val="00036322"/>
     <w:rsid w:val="00037144"/>
     <w:rsid w:val="00037476"/>
     <w:rsid w:val="00041D44"/>
@@ -26430,77 +24695,79 @@
     <w:rsid w:val="0039440C"/>
     <w:rsid w:val="00397BC9"/>
     <w:rsid w:val="003A2831"/>
     <w:rsid w:val="003A5117"/>
     <w:rsid w:val="003A7688"/>
     <w:rsid w:val="003B16F2"/>
     <w:rsid w:val="003B220F"/>
     <w:rsid w:val="003B529D"/>
     <w:rsid w:val="003B6667"/>
     <w:rsid w:val="003B6813"/>
     <w:rsid w:val="003B7C5B"/>
     <w:rsid w:val="003C1466"/>
     <w:rsid w:val="003C2E74"/>
     <w:rsid w:val="003C6141"/>
     <w:rsid w:val="003C7A46"/>
     <w:rsid w:val="003D4C63"/>
     <w:rsid w:val="003D5125"/>
     <w:rsid w:val="003E08E0"/>
     <w:rsid w:val="003E22E5"/>
     <w:rsid w:val="003E7295"/>
     <w:rsid w:val="003F01D0"/>
     <w:rsid w:val="003F3BE6"/>
     <w:rsid w:val="003F43EB"/>
     <w:rsid w:val="003F6BBB"/>
     <w:rsid w:val="00403AB1"/>
+    <w:rsid w:val="0041595E"/>
     <w:rsid w:val="0041698B"/>
     <w:rsid w:val="00417A4B"/>
     <w:rsid w:val="00420846"/>
     <w:rsid w:val="00423211"/>
     <w:rsid w:val="004253FF"/>
     <w:rsid w:val="00427076"/>
     <w:rsid w:val="00430494"/>
     <w:rsid w:val="004307DB"/>
     <w:rsid w:val="00432536"/>
     <w:rsid w:val="00433CF2"/>
     <w:rsid w:val="00434AEF"/>
     <w:rsid w:val="00440685"/>
     <w:rsid w:val="00440D99"/>
     <w:rsid w:val="00443854"/>
     <w:rsid w:val="00443A6E"/>
     <w:rsid w:val="004448BA"/>
     <w:rsid w:val="00444E59"/>
     <w:rsid w:val="00452170"/>
     <w:rsid w:val="00452B6A"/>
     <w:rsid w:val="0045301B"/>
     <w:rsid w:val="00453FEE"/>
     <w:rsid w:val="004551D2"/>
     <w:rsid w:val="004563CF"/>
     <w:rsid w:val="00457053"/>
     <w:rsid w:val="00457649"/>
     <w:rsid w:val="00461137"/>
     <w:rsid w:val="004742E1"/>
+    <w:rsid w:val="004813AF"/>
     <w:rsid w:val="004847DF"/>
     <w:rsid w:val="00491FC0"/>
     <w:rsid w:val="0049324E"/>
     <w:rsid w:val="00493561"/>
     <w:rsid w:val="00493B55"/>
     <w:rsid w:val="004946CA"/>
     <w:rsid w:val="0049722A"/>
     <w:rsid w:val="00497595"/>
     <w:rsid w:val="004A0B69"/>
     <w:rsid w:val="004A0E7A"/>
     <w:rsid w:val="004A5788"/>
     <w:rsid w:val="004B40D6"/>
     <w:rsid w:val="004B6445"/>
     <w:rsid w:val="004B73BB"/>
     <w:rsid w:val="004C0A7A"/>
     <w:rsid w:val="004C2477"/>
     <w:rsid w:val="004D431E"/>
     <w:rsid w:val="004D64AC"/>
     <w:rsid w:val="004D6638"/>
     <w:rsid w:val="004E018D"/>
     <w:rsid w:val="004E22D6"/>
     <w:rsid w:val="004E5A67"/>
     <w:rsid w:val="004E7549"/>
     <w:rsid w:val="004F09A6"/>
     <w:rsid w:val="004F28A5"/>
@@ -26707,50 +24974,51 @@
     <w:rsid w:val="008373DC"/>
     <w:rsid w:val="00840914"/>
     <w:rsid w:val="0084489D"/>
     <w:rsid w:val="00846C6A"/>
     <w:rsid w:val="00846E2E"/>
     <w:rsid w:val="00847C24"/>
     <w:rsid w:val="0085235E"/>
     <w:rsid w:val="008537DD"/>
     <w:rsid w:val="00855219"/>
     <w:rsid w:val="0085745D"/>
     <w:rsid w:val="00857F2E"/>
     <w:rsid w:val="00860CF8"/>
     <w:rsid w:val="008628D3"/>
     <w:rsid w:val="00863BC4"/>
     <w:rsid w:val="00866075"/>
     <w:rsid w:val="008708E0"/>
     <w:rsid w:val="00871C5F"/>
     <w:rsid w:val="008746C3"/>
     <w:rsid w:val="00874992"/>
     <w:rsid w:val="008753C4"/>
     <w:rsid w:val="008768D6"/>
     <w:rsid w:val="008770CE"/>
     <w:rsid w:val="008803D1"/>
     <w:rsid w:val="00880DB8"/>
     <w:rsid w:val="00881910"/>
+    <w:rsid w:val="008830F2"/>
     <w:rsid w:val="008846EE"/>
     <w:rsid w:val="0089291E"/>
     <w:rsid w:val="00894615"/>
     <w:rsid w:val="00895A45"/>
     <w:rsid w:val="008A4388"/>
     <w:rsid w:val="008B0859"/>
     <w:rsid w:val="008B1587"/>
     <w:rsid w:val="008B6602"/>
     <w:rsid w:val="008C07AC"/>
     <w:rsid w:val="008C2FEA"/>
     <w:rsid w:val="008C4DA7"/>
     <w:rsid w:val="008C5E3A"/>
     <w:rsid w:val="008C6CA4"/>
     <w:rsid w:val="008D0885"/>
     <w:rsid w:val="008D1F47"/>
     <w:rsid w:val="008D2B64"/>
     <w:rsid w:val="008D4436"/>
     <w:rsid w:val="008D7111"/>
     <w:rsid w:val="008D7E58"/>
     <w:rsid w:val="008E5AAB"/>
     <w:rsid w:val="008E5CE2"/>
     <w:rsid w:val="008F30CE"/>
     <w:rsid w:val="008F56F5"/>
     <w:rsid w:val="008F6887"/>
     <w:rsid w:val="00900912"/>
@@ -26915,50 +25183,51 @@
     <w:rsid w:val="00B968C2"/>
     <w:rsid w:val="00BA0701"/>
     <w:rsid w:val="00BA2D32"/>
     <w:rsid w:val="00BA3D8F"/>
     <w:rsid w:val="00BA6060"/>
     <w:rsid w:val="00BA7D33"/>
     <w:rsid w:val="00BB1A1D"/>
     <w:rsid w:val="00BB2DD8"/>
     <w:rsid w:val="00BB3556"/>
     <w:rsid w:val="00BB4D05"/>
     <w:rsid w:val="00BB7025"/>
     <w:rsid w:val="00BC0C5A"/>
     <w:rsid w:val="00BC2B2C"/>
     <w:rsid w:val="00BC3917"/>
     <w:rsid w:val="00BC3C82"/>
     <w:rsid w:val="00BC675F"/>
     <w:rsid w:val="00BD2383"/>
     <w:rsid w:val="00BD4E96"/>
     <w:rsid w:val="00BE0737"/>
     <w:rsid w:val="00BE1398"/>
     <w:rsid w:val="00BE18AE"/>
     <w:rsid w:val="00BE1F95"/>
     <w:rsid w:val="00BE6443"/>
     <w:rsid w:val="00BF1489"/>
     <w:rsid w:val="00BF40BB"/>
+    <w:rsid w:val="00BF5E37"/>
     <w:rsid w:val="00BF632E"/>
     <w:rsid w:val="00BF6D1D"/>
     <w:rsid w:val="00C0040F"/>
     <w:rsid w:val="00C01050"/>
     <w:rsid w:val="00C04B94"/>
     <w:rsid w:val="00C04ECB"/>
     <w:rsid w:val="00C067A1"/>
     <w:rsid w:val="00C100E1"/>
     <w:rsid w:val="00C1607E"/>
     <w:rsid w:val="00C223E7"/>
     <w:rsid w:val="00C23186"/>
     <w:rsid w:val="00C32552"/>
     <w:rsid w:val="00C34921"/>
     <w:rsid w:val="00C40FF6"/>
     <w:rsid w:val="00C45166"/>
     <w:rsid w:val="00C451F7"/>
     <w:rsid w:val="00C456FE"/>
     <w:rsid w:val="00C5036B"/>
     <w:rsid w:val="00C51D2C"/>
     <w:rsid w:val="00C53399"/>
     <w:rsid w:val="00C5754D"/>
     <w:rsid w:val="00C576DD"/>
     <w:rsid w:val="00C5779F"/>
     <w:rsid w:val="00C70AF5"/>
     <w:rsid w:val="00C70BAC"/>
@@ -27027,77 +25296,79 @@
     <w:rsid w:val="00D51A0E"/>
     <w:rsid w:val="00D57756"/>
     <w:rsid w:val="00D62F57"/>
     <w:rsid w:val="00D62F62"/>
     <w:rsid w:val="00D678A4"/>
     <w:rsid w:val="00D700F0"/>
     <w:rsid w:val="00D72067"/>
     <w:rsid w:val="00D73117"/>
     <w:rsid w:val="00D73461"/>
     <w:rsid w:val="00D75584"/>
     <w:rsid w:val="00D75AD1"/>
     <w:rsid w:val="00D80FD4"/>
     <w:rsid w:val="00D93DE0"/>
     <w:rsid w:val="00DA0EBD"/>
     <w:rsid w:val="00DA34FA"/>
     <w:rsid w:val="00DA4AF2"/>
     <w:rsid w:val="00DB04CA"/>
     <w:rsid w:val="00DB079F"/>
     <w:rsid w:val="00DB2B08"/>
     <w:rsid w:val="00DB4E32"/>
     <w:rsid w:val="00DB6A83"/>
     <w:rsid w:val="00DB751A"/>
     <w:rsid w:val="00DC0425"/>
     <w:rsid w:val="00DC3022"/>
     <w:rsid w:val="00DC3243"/>
+    <w:rsid w:val="00DC4854"/>
     <w:rsid w:val="00DC7673"/>
     <w:rsid w:val="00DD051D"/>
     <w:rsid w:val="00DD24BD"/>
     <w:rsid w:val="00DD48EA"/>
     <w:rsid w:val="00DD6E3F"/>
     <w:rsid w:val="00DD7DC1"/>
     <w:rsid w:val="00DE11CA"/>
     <w:rsid w:val="00DE1492"/>
     <w:rsid w:val="00DE2A16"/>
     <w:rsid w:val="00DE4873"/>
     <w:rsid w:val="00DE4E2E"/>
     <w:rsid w:val="00DF189E"/>
     <w:rsid w:val="00DF1F72"/>
     <w:rsid w:val="00DF23BC"/>
     <w:rsid w:val="00DF3081"/>
     <w:rsid w:val="00DF6E53"/>
     <w:rsid w:val="00E0018F"/>
     <w:rsid w:val="00E00EDB"/>
     <w:rsid w:val="00E01BF4"/>
     <w:rsid w:val="00E0480C"/>
     <w:rsid w:val="00E073B3"/>
     <w:rsid w:val="00E0784B"/>
     <w:rsid w:val="00E11A6F"/>
     <w:rsid w:val="00E120DF"/>
     <w:rsid w:val="00E126B0"/>
     <w:rsid w:val="00E135C9"/>
     <w:rsid w:val="00E20B4E"/>
+    <w:rsid w:val="00E217F2"/>
     <w:rsid w:val="00E21D7B"/>
     <w:rsid w:val="00E23B8E"/>
     <w:rsid w:val="00E24614"/>
     <w:rsid w:val="00E3084B"/>
     <w:rsid w:val="00E32372"/>
     <w:rsid w:val="00E40F87"/>
     <w:rsid w:val="00E41CBF"/>
     <w:rsid w:val="00E43A4A"/>
     <w:rsid w:val="00E45820"/>
     <w:rsid w:val="00E51E1A"/>
     <w:rsid w:val="00E523BF"/>
     <w:rsid w:val="00E52B96"/>
     <w:rsid w:val="00E60AF5"/>
     <w:rsid w:val="00E60EAE"/>
     <w:rsid w:val="00E60FCD"/>
     <w:rsid w:val="00E611D5"/>
     <w:rsid w:val="00E61C51"/>
     <w:rsid w:val="00E67E10"/>
     <w:rsid w:val="00E67F27"/>
     <w:rsid w:val="00E77E07"/>
     <w:rsid w:val="00E8017F"/>
     <w:rsid w:val="00E8089C"/>
     <w:rsid w:val="00E83622"/>
     <w:rsid w:val="00E84171"/>
     <w:rsid w:val="00E91724"/>
@@ -27188,51 +25459,51 @@
     <w:rsid w:val="00FE4266"/>
     <w:rsid w:val="00FE562E"/>
     <w:rsid w:val="00FF2E23"/>
     <w:rsid w:val="00FF39D0"/>
     <w:rsid w:val="00FF3D04"/>
     <w:rsid w:val="00FF52C5"/>
     <w:rsid w:val="00FF5FFB"/>
     <w:rsid w:val="00FF6C51"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="82945"/>
+    <o:shapedefaults v:ext="edit" spidmax="93185"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6DFC25F0"/>
   <w15:docId w15:val="{1EDCAB3A-2F77-4189-82E8-2ACC7C268259}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -27317,101 +25588,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -28269,50 +26537,84 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="afa">
     <w:name w:val="Схема документа Знак"/>
     <w:link w:val="af9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C23186"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="12">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00911E2F"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="afb">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004813AF"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="afc">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004813AF"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="afd">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004813AF"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:divs>
     <w:div w:id="4207423">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="31806800">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -28933,51 +27235,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2105493506">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oofd.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oofd.kz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -29223,105 +27525,147 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<GTBClassification>
+  <attrValue>Публично</attrValue>
+  <customPropName>Classification</customPropName>
+  <timestamp>20.09.2025 5:33:46</timestamp>
+  <userName>System</userName>
+  <computerName>Z000010014.CDN.TELECOM.KZ</computerName>
+  <guid>{1345FB71-4D18-4DD7-ABAB-1942362EB63E}</guid>
+</GTBClassification>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8402066-B36D-4877-AA7F-D95282D00926}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B61BDFBC-B2BF-44A7-9348-CF34E162F3DF}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75843AB8-8805-4655-9EBF-D51943FE9E78}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>21</Pages>
-[...1 lines deleted...]
-  <Characters>39176</Characters>
+  <Pages>20</Pages>
+  <Words>6843</Words>
+  <Characters>39008</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>326</Lines>
+  <Lines>325</Lines>
   <Paragraphs>91</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Krokoz™</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>45957</CharactersWithSpaces>
+  <CharactersWithSpaces>45760</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>7733296</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.oofd.kz/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
+  <cp:keywords>ClassificationData:&lt;Classification:Публично&gt;</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Classification">
+    <vt:lpwstr>Публично</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassifiedBy">
+    <vt:lpwstr>System</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationDate">
+    <vt:lpwstr>20.09.2025 5:33:46</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ClassificationHost">
+    <vt:lpwstr>Z000010014.CDN.TELECOM.KZ</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ClassificationGUID">
+    <vt:lpwstr>{1345FB71-4D18-4DD7-ABAB-1942362EB63E}</vt:lpwstr>
+  </property>
+</Properties>
+</file>