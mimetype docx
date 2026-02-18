--- v0 (2025-10-31)
+++ v1 (2026-02-18)
@@ -1,23312 +1,15772 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="0A25908D" w14:textId="6C481216" w:rsidR="00362D76" w:rsidRPr="003D4D8B" w:rsidRDefault="00B61C8A" w:rsidP="00362D76">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003D4D8B" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4962"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                          </w:t>
       </w:r>
-      <w:r w:rsidR="00362D76" w:rsidRPr="003D4D8B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Приложение к приказу </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E27334F" w14:textId="23EAC437" w:rsidR="00362D76" w:rsidRPr="003D4D8B" w:rsidRDefault="00B61C8A" w:rsidP="00362D76">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003D4D8B" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4962"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                          </w:t>
       </w:r>
-      <w:r w:rsidR="00362D76" w:rsidRPr="003D4D8B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">АО "Казахтелеком" </w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>АО "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Казахтелеком</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                          </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4962"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">от </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>_____________</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">                          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>года</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> №</w:t>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="4962"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6BC46DF4" w14:textId="77777777" w:rsidR="003C1723" w:rsidRDefault="003C1723" w:rsidP="00362D76">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4962"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DDF1883" w14:textId="0386E356" w:rsidR="003C1723" w:rsidRPr="003D4D8B" w:rsidRDefault="00B61C8A" w:rsidP="003C1723">
-[...165 lines deleted...]
-    <w:p w14:paraId="392218F8" w14:textId="32703BB4" w:rsidR="00223C89" w:rsidRDefault="00223C89" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16AF3160" w14:textId="77777777" w:rsidR="00362D76" w:rsidRPr="00A23725" w:rsidRDefault="00362D76" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00A23725" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C24BB1B" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="003D4D8B" w:rsidRDefault="00402013" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003D4D8B" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4D8B">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ТИПОВОЙ </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="582AF2EB" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="003D4D8B" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+        <w:t xml:space="preserve">ТИПОВОЙ ДОГОВОР </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003D4D8B" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4D8B">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">на </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">на оказание услуг приема, обработки, хранения и передачи </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003D4D8B" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>оказание услуг</w:t>
-      </w:r>
+        <w:t>в неизменном виде фискальных данных в налоговые органы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003D4D8B" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003D4D8B" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003D4D8B" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003D4D8B">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> приема, обработки, хранения и передачи </w:t>
-[...12 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Настоящий </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk136508159"/>
       <w:r w:rsidRPr="003D4D8B">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>в неизменном виде фискальных данных в налоговые органы</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1B700CE9" w14:textId="77777777" w:rsidR="009459EC" w:rsidRPr="003D4D8B" w:rsidRDefault="009459EC" w:rsidP="000738E7">
+        <w:t>Типовой договор на оказание услу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приема, обработки, хранения и передачи в неизменном виде фискальных данных в налоговые органы</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – Договор) определяет условия оказания Акционерным обществом «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Казахтелеком</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», именуемым в дальнейшем «Оператор», действующим на основании приказа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министра финансов Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от 11 декабря 2019 года № 1369</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4D8B" w:rsidDel="00131DF7">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Об определении юридического лица, обеспечивающего передачу сведений о денежных расчетах в оперативном режиме в органы государственных доходов по сетям телекоммуникаций общего пользования»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услуг приема, обработки, хранения и передачи в неизменном виде фискальных данных в налоговые органы лицу, присоединившемуся к Договору, именуемому в дальнейшем «Пользователь». Совместно Оператор и Пользователь именуются по Договору «Сторонами».  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003D4D8B" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...233 lines deleted...]
-    <w:p w14:paraId="1A9D2A33" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="003D4D8B" w:rsidRDefault="000738E7" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003D4D8B" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D4D8B">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>1.</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>1.ТЕРМИНЫ И СОКРАЩЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003D4D8B" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003D4D8B" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. В данном Договоре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, включая в его приложениях,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> применяются следующие термины и сокращения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ТЕРМИНЫ И СОКРАЩЕНИЯ</w:t>
-[...24 lines deleted...]
-      </w:pPr>
+        <w:t>Авторизационные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003D4D8B">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t>, включая в его приложениях,</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> данные</w:t>
       </w:r>
       <w:r w:rsidRPr="003D4D8B">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...155 lines deleted...]
-    <w:p w14:paraId="38B11780" w14:textId="6A3ADE7A" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="00973695" w:rsidP="00CB177A">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – логин/пароль и/или ключ доступа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и/или иная аналогичная информация, с использованием которой Пользователь может получить доступ к Личному кабинету и/или иным ресурсам Оператора и начать полнофункциональное пользование соответствующими Услугами на условиях, предусмотренных Договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Заявка 1 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007263AA" w:rsidRPr="00EB2B8F">
+        <w:t xml:space="preserve">Заявка 1 – заявка на присоединение к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Типовому </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">– </w:t>
-[...33 lines deleted...]
-      <w:r w:rsidR="00EC4B50" w:rsidRPr="00EB2B8F">
+        <w:t>договору на оказание услуги приёма, обработки, хранения и передачи в неизменном виде фискальных данных в налоговые органы, подключение и тарификацию Услуг,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Электронный документ о присоединении Пользователя к Договору, содержащий сведения о Пользователе, ККМ Пользователя,</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E21704" w:rsidRPr="00EB2B8F">
-[...34 lines deleted...]
-      <w:r w:rsidR="009F01E6" w:rsidRPr="009F01E6">
+      <w:r w:rsidRPr="009F01E6">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Лицево</w:t>
       </w:r>
-      <w:r w:rsidR="009F01E6">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>м</w:t>
       </w:r>
-      <w:r w:rsidR="009F01E6" w:rsidRPr="009F01E6">
+      <w:r w:rsidRPr="009F01E6">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> счет</w:t>
       </w:r>
-      <w:r w:rsidR="009F01E6">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>е</w:t>
       </w:r>
-      <w:r w:rsidR="009F01E6" w:rsidRPr="009F01E6">
+      <w:r w:rsidRPr="009F01E6">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пользователя</w:t>
       </w:r>
-      <w:r w:rsidR="009F01E6">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="007263AA" w:rsidRPr="00EB2B8F">
-[...84 lines deleted...]
-    <w:p w14:paraId="7CDF6549" w14:textId="32B6004B" w:rsidR="00B47B4F" w:rsidRDefault="00F23E21" w:rsidP="00CB177A">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информацию о выбранном Пользователем способе подключения к Услугам, Тарифном плане и дате подключения Услуг, подписанный Пользователем на Портале посредством ЭЦП или СМС-кода. Форма Заявки 1 приведена в приложении 1 к Договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Заявка 2 –</w:t>
-[...27 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">Заявка 2 – заявка на подключение и тарификацию Услуг, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Электронный документ, содержащий сведения о Пользователе, ККМ Пользователя,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E21704" w:rsidRPr="00EB2B8F">
-[...27 lines deleted...]
-      <w:r w:rsidR="007F3258" w:rsidRPr="007F3258">
+      <w:r w:rsidRPr="007F3258">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Пользователя,</w:t>
-[...29 lines deleted...]
-      <w:r w:rsidR="00C60F56">
+        <w:t>Лицевом счете Пользователя,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информацию о выбранном Пользователем способе подключения к Услугам, Тарифном плане и дате подключения Услуг, подписанный Пользователем на Портале посредством ЭЦП или СМС-код</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidR="00BA5EDA" w:rsidRPr="00EB2B8F">
-[...20 lines deleted...]
-      <w:r w:rsidR="008A2CD9" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Пользователь подписывает Заявку 2 при подключении новых (дополнительных) ККМ, смены Тарифного плана или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>активации</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001020B8" w:rsidRPr="00EB2B8F">
+        <w:t>активации ранее подключенного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, но приостановленного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ранее </w:t>
-[...82 lines deleted...]
-    <w:p w14:paraId="3AB1A342" w14:textId="5672702E" w:rsidR="00C60F56" w:rsidRPr="00EB2B8F" w:rsidRDefault="00C60F56" w:rsidP="00CB177A">
+        <w:t xml:space="preserve"> Тарифного плана, а также в иных случаях, предусмотренных Договором</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Форма Заявки 2 приведена в приложении 3 к Договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Заявка </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> –</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD12E7">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аявка на расторжение Типового договора на оказание услуг приема, обработки, хранения и передачи в неизменном виде фискальных данных в налоговые органы и прекращение оказания услуг по нему</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Электронный документ, содержащий сведения о Пользователе, ККМ Пользователя,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD12E7">
+      <w:r w:rsidRPr="007F3258">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лицевом счете </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тарифном плане</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F3258">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пользователя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, подписанный Пользователем на Портале посредством ЭЦП или СМС-код</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Пользователь подписывает Заявку </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в случае необходимости</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ключени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Услуги и расторжения Договора</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>з</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Форма Заявки </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приведена в приложении </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Договору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>аявка на расторжение Типового договора на оказание услуг приема, обработки, хранения и передачи в неизменном виде фискальных данных в налоговые органы и прекращение оказания услуг по нему</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...135 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">ККМ – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контрольно-кассовая машина с функцией фиксации и (или) передачи данных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...38 lines deleted...]
-    <w:p w14:paraId="213D8EEB" w14:textId="6C497C24" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Лицевой счет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – документ аналитического учета Оператора, предназначенный для учета объема оказанных Услуг, поступления и расходования денежных средств, внесенных Пользователем в счет оплаты Услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Личный кабинет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – специальный раздел Портала, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>позволяющий Пользователю проверять состояние своего Лицевого счета, управлять используемыми Услугами, в том числе активировать или отказаться от подключения Услуг, изменять Тарифный план, а также осуществлять иные действия на установленных Оператором условиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ККМ – </w:t>
-[...51 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Отчётный период</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – календарный месяц, в котором оказывались соответствующие Услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Персональные данные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t>сведения, относящиеся к определенному или определяемому на их основании физическому лицу (субъекту персональных данных)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A08857" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EF06A2" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Портал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Интернет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Личный кабинет</w:t>
-[...179 lines deleted...]
-        </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00D4747C" w:rsidRPr="00EB2B8F">
-[...32 lines deleted...]
-        <w:r w:rsidR="005347CE" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ресурсы Оператора для интерактивного взаимодействия с Пользователем, расположенные по адресу </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00EB2B8F">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
-[...1 lines deleted...]
-            <w:color w:val="auto"/>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>www.oofd.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="005347CE" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="005D3ED0" w:rsidRPr="00EB2B8F">
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00EF06A2">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
-[...1 lines deleted...]
-            <w:color w:val="auto"/>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>www.ismet.kz</w:t>
+          <w:t>www.b2b.telecom.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="005D3ED0" w:rsidRPr="00EB2B8F">
-[...15 lines deleted...]
-    <w:p w14:paraId="444117F5" w14:textId="561B1398" w:rsidR="00074364" w:rsidRPr="00EB2B8F" w:rsidRDefault="00074364" w:rsidP="000738E7">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725567">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF06A2">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">далее – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF06A2">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF06A2">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF06A2">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF06A2">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF06A2">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>telecom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF06A2">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF06A2">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>СМС-код – одноразовый код, предоставленный индивидуальному предпринимателю на его абонентский номер телефона, зарегистрированный в Базе мобильных граждан Республики Казахстан или иной аналогичной информационной системе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B7868" w:rsidRPr="00EB2B8F">
-[...55 lines deleted...]
-      <w:r w:rsidR="00C54203" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и, в случае его использования, подтверждающий достоверность Электронного документа, его принадлежность Пользователю, его подписание Пользователем и неизменность его содержания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00D61BE9" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Тарифный план</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – устан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>овленное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оператором </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ценовое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предложени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>в котором определены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C54203" w:rsidRPr="00EB2B8F">
-[...70 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">вид или виды </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Тарифный план</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>устан</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>овленное</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> стоимость, особенности их предоставления, тарификации и срок </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Оператором </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>их оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>ценовое</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>. Описание Тарифных планов и условия оказания включенных в Тарифный план Услуг, приведен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>предложени</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>е</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">приложении 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t xml:space="preserve">к Договору. Стоимость </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="004962FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>в котором определены</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>включенных в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...237 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> Тарифный план, размещена на сайте </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004962FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>www</w:t>
       </w:r>
-      <w:r w:rsidR="004962FB" w:rsidRPr="004962FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004962FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="004962FB" w:rsidRPr="004962FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004962FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>oofd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="004962FB" w:rsidRPr="004962FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004962FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="004962FB" w:rsidRPr="004962FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004962FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>kz</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00D61BE9" w:rsidRPr="000B534C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000B534C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01C3AC69" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Техническая и информационная поддержка</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">предоставление </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Оператором</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Пользователю устных и письменных консультаций по вопросам оказания Услуг (информационная поддержка), а также устранение технических проблем, возникающих в зоне ответственности Оператора в связи с оказанием Услуг (техническая поддержка). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB9F8F5" w14:textId="31BADA93" w:rsidR="009D383E" w:rsidRPr="00EB2B8F" w:rsidRDefault="00403BD3" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Услуг</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– услуги приема, обработки, хранения и передачи в неизменном виде в налоговые органы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронной информации о денежных расчетных операциях, осуществляемых с применением </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00121BB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ККМ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, и иные услуги, включенные в Тарифный план.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>и</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Центр обработки данных Оператора –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специализированное помещение, в котором размещен программно-аппаратный комплекс, позволяющий принимать, обрабатывать и хранить электронную информацию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>о денежных расчетных операциях, осуществляемых с применением ККМ в соответствии с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...107 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Электронная цифровая подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЭЦП</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">электронной информации о денежных расчетных операциях, осуществляемых с применением </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>набор электронных цифровых символов, созданный средствами электронной цифровой подписи и,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в случае его использования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>ККМ</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> подтверждающий достоверность Электронного документа, его принадлежность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пользователю, его подписание Пользователем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
+        <w:t xml:space="preserve"> и неизменность его содержания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Электронный документ - документ, в котором информация представлена в электронно-цифровой форме и удостоверена посредством ЭЦП или СМС-кода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>VPN канал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – виртуальная частная сеть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="009D383E" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и иные услуги, включенные в Тарифный план.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5B90AD6A" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+        <w:t xml:space="preserve"> обеспечивающая защищенное соединение ККМ с Центром обработки данных Оператора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>о денежных расчетных операциях, осуществляемых с применением ККМ в соответствии с</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="5859A741" w14:textId="492F490F" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB2B8F">
-[...274 lines deleted...]
-    <w:p w14:paraId="3FF84F49" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="30"/>
+          <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ОБЩИЕ ПОЛОЖЕНИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34068394" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78F2995B" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="000738E7" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="710"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. </w:t>
-[...36 lines deleted...]
-      <w:r w:rsidR="006B2893" w:rsidRPr="00EB2B8F">
+        <w:t>2. Настоящий Договор в соответствии с законодательством Республики Казахстан является договором присоединения. Условия Договора устанавливаются Оператором самостоятельно в соответствии с законодательством</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007263AA" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан и принимаются Пользователем не иначе, как путем присоединения к Договору в целом.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF23B09" w14:textId="04FAA05C" w:rsidR="00CD5863" w:rsidRPr="00EB2B8F" w:rsidRDefault="003D6A3F" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Договор распространяется на всех Пользователей и заменяет собой ранее заключенный с Пользователем Типовой договор </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>на оказание услуг приема, обработки, хранения и передачи в неизменном виде фискальных данных в налоговые органы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. При этом приложения к Типовому договору, подписанные Пользователем, являются неотъемлемыми частями настоящего Договора и остаются без изменений, за исключением в части соответствия реквизитам настоящего Договора. С даты вступления в силу Договора условия оказания Услуг определяются в соответствии с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> условиями настоящего Договора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD5863" w:rsidRPr="00EB2B8F">
-[...113 lines deleted...]
-    <w:p w14:paraId="20CF8F3B" w14:textId="484B1FC4" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="006D52DD" w:rsidP="000738E7">
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. </w:t>
-[...22 lines deleted...]
-      <w:r w:rsidR="006B2893" w:rsidRPr="00EB2B8F">
+        <w:lastRenderedPageBreak/>
+        <w:t>4. Подписание новым Пользователем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E90A1F" w:rsidRPr="00EB2B8F">
-[...44 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>посредством ЭЦП или СМС-кода электронной формы Заявки 1, размещенной на Портале, является выражением его безусловного согласия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E90A1F" w:rsidRPr="00EB2B8F">
-[...13 lines deleted...]
-      <w:r w:rsidR="006B2893" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007263AA" w:rsidRPr="00EB2B8F">
-[...6 lines deleted...]
-      <w:r w:rsidR="006B2893" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>условиями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00054EC3" w:rsidRPr="00EB2B8F">
-[...29 lines deleted...]
-    <w:p w14:paraId="55B67E6F" w14:textId="510A7D80" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="006D52DD" w:rsidP="000738E7">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>настоящего Договора и присоединением к нему в целом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...33 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>5. Пользователь, подписав посредством ЭЦП или СМС-кода электронную форму Заявки 1/Заявки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007263AA" w:rsidRPr="00EB2B8F">
-[...27 lines deleted...]
-      <w:r w:rsidR="004F0411" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2, размещенную на Портале, выражает свое безусловное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BA5EDA" w:rsidRPr="00EB2B8F">
-[...13 lines deleted...]
-      <w:r w:rsidR="006B2893" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>согласие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007263AA" w:rsidRPr="00EB2B8F">
-[...36 lines deleted...]
-    <w:p w14:paraId="551D4469" w14:textId="6D44C397" w:rsidR="001B43F1" w:rsidRPr="00EB2B8F" w:rsidRDefault="006D52DD" w:rsidP="000738E7">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на подключение и тарификацию Услуги в соответствии с выбранным Тарифным планом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...142 lines deleted...]
-    <w:p w14:paraId="5ED6530C" w14:textId="1E489530" w:rsidR="00CF18F5" w:rsidRPr="00EB2B8F" w:rsidRDefault="006D52DD" w:rsidP="000738E7">
+        <w:t>6. Стороны признают, что Электронные документы (Заявка 1, Заявка 2 и т.д.), сформированные на Портале на основании Договора и подписанные посредством ЭЦП или СМС-кода Пользователя, равнозначны подписанным документам на бумажных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">. Присоединяясь </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Присоединяясь </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00CF18F5" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>к настоящему Договору</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00CF18F5" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пользователь выражает свое согласие на:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3CEA92" w14:textId="12798999" w:rsidR="005C1207" w:rsidRPr="00EB2B8F" w:rsidRDefault="00CF18F5" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...77 lines deleted...]
-    <w:p w14:paraId="3EFFBC81" w14:textId="77777777" w:rsidR="00CF18F5" w:rsidRPr="00EB2B8F" w:rsidRDefault="00CF18F5" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) сбор и обработку в соответствии с законодательством Республики Казахстан Персональных данных Пользователя, в том числе с использованием информационных систем, использование которых необходимо Оператору и/или третьим лицам в целях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>исполнения настоящего Договора;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F61C2DF" w14:textId="77777777" w:rsidR="009155E0" w:rsidRPr="00EB2B8F" w:rsidRDefault="005C1207" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...45 lines deleted...]
-    <w:p w14:paraId="73EF760E" w14:textId="2F54F541" w:rsidR="005C1207" w:rsidRPr="00EB2B8F" w:rsidRDefault="009155E0" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечения возможности осуществления Пользователем оплаты Услуги посредством платежных систем и мобильных приложений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-    <w:p w14:paraId="4490E515" w14:textId="77777777" w:rsidR="00CF18F5" w:rsidRPr="00EB2B8F" w:rsidRDefault="00CF18F5" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">исполнения требований законодательства Республики Казахстан, включая обеспечение условий для проведения оперативно-розыскных и контрразведывательных мероприятий субъектами оперативно-розыскной и контрразведывательной деятельности;   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2) сбор, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>обработку и передачу в органы государственных доходов Республики Казахстан регистрационных данных и сведений о денежных расчетах,</w:t>
       </w:r>
-      <w:r w:rsidR="006B2893" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00034557" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>операциях, осуществляемых с применением контрольно-кассовых машин,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>операциях, осуществляемых с применением контрольно-кассовых машин, полученных от Пользователя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> полученных от Пользователя;</w:t>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>3) получение и обработку Оператором из органов государственных доходов Республики Казахстан регистрационных данных Пользователя и сведений о денежных расчетах,</w:t>
       </w:r>
-      <w:r w:rsidR="006B2893" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CC5077" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>операциях, осуществляемых</w:t>
       </w:r>
-      <w:r w:rsidR="00CC5077" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CC5077" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>с применением контрольно-кассовых машин,</w:t>
-[...29 lines deleted...]
-    <w:p w14:paraId="7797D48B" w14:textId="5BA06622" w:rsidR="00CF18F5" w:rsidRPr="00EB2B8F" w:rsidRDefault="00CF18F5" w:rsidP="000738E7">
+        <w:t>с применением контрольно-кассовых машин, произведенных Пользователем, в т.ч. от самого Пользователя. При этом, Оператор несет предусмотренную действующим законодательством Республики Казахстан ответственность за обеспечение конфиденциальности информации о Пользователе, составляющей налоговую тайну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-198"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) передачу третьим лицам, привлеченным Оператором для проведения работы по взысканию задолженности по Договору,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009A0E95" w:rsidRPr="00EB2B8F">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Персональных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DA127B" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>данных</w:t>
       </w:r>
-      <w:r w:rsidR="006B2893" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пользователя, сведений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>об объеме и стоимости полученных Пользователем Услуг, о сумме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="16C1BEC7" w14:textId="77777777" w:rsidR="00B40E1C" w:rsidRPr="00EB2B8F" w:rsidRDefault="00200970" w:rsidP="00200970">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>задолженности, документов, подтверждающих наличие задолженности, и иной необходимой для этого информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-198"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5) сбор и обработку</w:t>
       </w:r>
-      <w:r w:rsidR="006B2893" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="21C08986" w14:textId="7E3E410B" w:rsidR="00E57CF7" w:rsidRPr="00EB2B8F" w:rsidRDefault="005E7ACA" w:rsidP="00200970">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>служебной информации о Пользователе в целях ее передачи уполномоченному органу в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-198"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">6) </w:t>
       </w:r>
-      <w:r w:rsidR="008B0575" w:rsidRPr="00C556AB">
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00C556AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сбор и обработку Персональных данных, регистрационных данных, сведений о денежных расчетах, операциях, осуществляемых с применением ККМ, полученных от Пользователя, в целях осуществления маркетинговых исследований и (или) аналитики данных. При сборе, обработке данных в соответствии с настоящим подпунктом Договора, Оператор обязуется их обезличить в соответствии с законодательством Республики Казахстан. При этом сбор и (или) обработка данных в соответствии с настоящим подпунктом Договора, осуществляется одним или (и) несколькими структурными подразделениями Оператора (в т.ч. филиалами). В указанных случаях ответственным перед Пользователем за сбор и (или) обработку данных остается Оператор.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B0575">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72689A1E" w14:textId="6E6310C9" w:rsidR="00D068D7" w:rsidRPr="00EB2B8F" w:rsidRDefault="00E74969" w:rsidP="00200970">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-198"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Пользователь соглашается с тем, что обезличенные данные, полученные Оператором в результате обработки</w:t>
-[...47 lines deleted...]
-    <w:p w14:paraId="31ED52D5" w14:textId="77777777" w:rsidR="005E7ACA" w:rsidRPr="00EB2B8F" w:rsidRDefault="00535231" w:rsidP="00200970">
+        <w:t xml:space="preserve">Пользователь соглашается с тем, что обезличенные данные, полученные Оператором в результате обработки данных, в соответствии с пунктом 5 статьи 33 Закона РК «Об информатизации» принадлежат Оператору и могут быть переданы им партнерам и иным третьим лицам для проведения исследований, выполнения работ или оказания услуг, в том числе по поручению Оператора. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="-198"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Оператор обеспечивает </w:t>
-[...137 lines deleted...]
-    <w:p w14:paraId="788F7870" w14:textId="1F2DD67B" w:rsidR="00CF18F5" w:rsidRPr="00EB2B8F" w:rsidRDefault="00CF18F5" w:rsidP="000738E7">
+        <w:t>Оператор обеспечивает отдельное хранение регистрационных данных и сведений о денежных расчетах, операциях, осуществляемых с применением контрольно-кассовых машин, полученных от Пользователя, и обезличенных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...125 lines deleted...]
-    <w:p w14:paraId="330C5055" w14:textId="77777777" w:rsidR="009718E4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009718E4" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае отзыва Пользователем согласия, указанного в подпунктах 1)-5) пункта 7 Договора, Оператор вправе прекратить оказание Услуг и/или прекратить действие Договора в одностороннем порядке, письменно уведомив об этом Пользователя не менее чем за 5 (пять) рабочих дней до предполагаемой даты прекращения Договора. Отзыв Пользователем согласия, указанного в подпункте 6) пункта 7 Договора не влечет прекращения оказания Услуг и/или прекращения Договора по инициативе Оператора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A72993A" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="005F4EE4">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>3. ПРЕДМЕТ ДОГОВОРА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
-        <w:rPr>
-[...40 lines deleted...]
-      <w:r w:rsidR="009A0E95" w:rsidRPr="00EB2B8F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009A0E95" w:rsidRPr="00EB2B8F">
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оператор обязуется оказать Пользователю Услуги согласно условиям настоящего Договора, а Пользователь обязуется пользоваться Услугами и оплатить их в соответствии с условиями настоящего Договора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B12102" w:rsidRPr="00EB2B8F">
-[...16 lines deleted...]
-    <w:p w14:paraId="04AF9871" w14:textId="77777777" w:rsidR="00430F57" w:rsidRPr="00EB2B8F" w:rsidRDefault="006D52DD" w:rsidP="000738E7">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и выбранным Тарифным планом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="5F77D847" w14:textId="77777777" w:rsidR="00430F57" w:rsidRPr="00EB2B8F" w:rsidRDefault="00430F57" w:rsidP="000738E7">
+        <w:t>9. Услуги предоставляются Пользователю при выполнении в совокупности следующих условий:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1) существует техническая возможность предоставления VPN- канала;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13B10299" w14:textId="593C051E" w:rsidR="00430F57" w:rsidRPr="00EB2B8F" w:rsidRDefault="00430F57" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) данные, указанные Пользователем в </w:t>
-[...44 lines deleted...]
-    <w:p w14:paraId="08BD6327" w14:textId="77777777" w:rsidR="00430F57" w:rsidRPr="00EB2B8F" w:rsidRDefault="00430F57" w:rsidP="000738E7">
+        <w:t>2) данные, указанные Пользователем в Заявках 1 и (или) 2, являются корректными;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
-      <w:r w:rsidR="006B2893" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ользователь</w:t>
       </w:r>
-      <w:r w:rsidR="006B2893" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">имеет на праве собственности или ином законном </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="006B2893" w:rsidRPr="00EB2B8F">
+        <w:t>имеет на праве собственности или ином законном основании</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ККМ, соответствующую требованиям, установленным законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64919227" w14:textId="39A9BAE7" w:rsidR="00685051" w:rsidRPr="00EB2B8F" w:rsidRDefault="00430F57" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">4) Пользователь </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>не имеет задолженности перед Оператором</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="009D27A2">
+        <w:t xml:space="preserve">не имеет задолженности перед Оператором по </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>У</w:t>
       </w:r>
-      <w:r w:rsidR="009D27A2" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>слугам</w:t>
       </w:r>
-      <w:r w:rsidR="00685051" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA0CAD8" w14:textId="6B950CBD" w:rsidR="00685051" w:rsidRPr="00EB2B8F" w:rsidRDefault="00685051" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">5) Пользователь </w:t>
-[...31 lines deleted...]
-      <w:r w:rsidR="00ED3C24">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">5) Пользователь обеспечил </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>до даты подключения Услуг наличие на Лицевом счете сумм</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ы</w:t>
       </w:r>
-      <w:r w:rsidR="00D67085" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> денег</w:t>
       </w:r>
-      <w:r w:rsidR="00ED3C24">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="001C58DC" w:rsidRPr="00EB2B8F">
-[...27 lines deleted...]
-      <w:r w:rsidR="00ED3C24">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в размере равном либо превышающем стоимост</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ь</w:t>
       </w:r>
-      <w:r w:rsidR="00ED3C24" w:rsidRPr="00EB2B8F">
-[...35 lines deleted...]
-    <w:p w14:paraId="169290CB" w14:textId="337FB4CE" w:rsidR="00E052F9" w:rsidRPr="00EB2B8F" w:rsidRDefault="00685051" w:rsidP="000738E7">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тарифного плана, выбранного Пользователем для каждой подключенной ККМ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">6) </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidR="006B2893" w:rsidRPr="00EB2B8F">
+        <w:t>6) Пользователь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004A183C" w:rsidRPr="00EB2B8F">
-[...16 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выполнил иные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>иные</w:t>
-[...23 lines deleted...]
-      <w:r w:rsidR="00423650">
+        <w:t>условия, необходимые для подключения Услуг с</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> учетом</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00423650">
+        <w:t xml:space="preserve"> выбранн</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ого</w:t>
       </w:r>
-      <w:r w:rsidR="00423650" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тарифн</w:t>
       </w:r>
-      <w:r w:rsidR="00423650">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ого</w:t>
       </w:r>
-      <w:r w:rsidR="00423650" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> план</w:t>
       </w:r>
-      <w:r w:rsidR="00423650">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidR="002C0D6E" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FC98ACC" w14:textId="77777777" w:rsidR="00430F57" w:rsidRPr="00EB2B8F" w:rsidRDefault="006D52DD" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-      <w:r w:rsidR="006B2893" w:rsidRPr="00EB2B8F">
+        <w:t>10. Информация об Услугах и Тарифных планах размещается на Портале, а также доводится до сведения Пользователя при его обращении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00430F57" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
-      <w:r w:rsidR="006B2893" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00436B49" w:rsidRPr="00EB2B8F">
-[...28 lines deleted...]
-    <w:p w14:paraId="41DE7FCA" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">консультационно- информационную службу Оператора. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FD92D65" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>4. ПРАВА И ОБЯЗАННОСТИ СТОРОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ПРАВА И ОБЯЗАННОСТИ СТОРОН</w:t>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...39 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Оператор обязуется: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D43F659" w14:textId="7B725FA7" w:rsidR="007F1597" w:rsidRPr="00EB2B8F" w:rsidRDefault="007F1597" w:rsidP="000738E7">
-[...1714 lines deleted...]
-    <w:p w14:paraId="7811EE23" w14:textId="77777777" w:rsidR="00ED20D8" w:rsidRPr="00EB2B8F" w:rsidRDefault="00CE10C5" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приступить к оказанию Услуг после заключения настоящего Договора</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4C51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пользовател</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ем и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4C51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выполн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ения последним</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4C51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>всех</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4C51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услови</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4C51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, необходимы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4C51">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для подключения Услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62E9A734" w14:textId="1307F7AE" w:rsidR="007F1597" w:rsidRPr="00EB2B8F" w:rsidRDefault="00A9412B" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...63 lines deleted...]
-    <w:p w14:paraId="33B577CC" w14:textId="1403928F" w:rsidR="007478C0" w:rsidRPr="00EB2B8F" w:rsidRDefault="007478C0" w:rsidP="007478C0">
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказывать Пользователю Услуги в объеме и в сроки, предусмотренные настоящим Договором и условиями выбранного Пользователем Тарифного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>плана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="38C064B6" w14:textId="6705FBC0" w:rsidR="007F1597" w:rsidRPr="00EB2B8F" w:rsidRDefault="00562977" w:rsidP="00562977">
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вести учет оказания Услуг и их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оплаты Пользователем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="47E46665" w14:textId="77777777" w:rsidR="00796629" w:rsidRPr="00EB2B8F" w:rsidRDefault="007F1597" w:rsidP="000738E7">
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сохранять конфиденциальность информации Пользователя, полученной от него при регистрации на Портале и в процессе оказания Услуг. Раскрытие конфиденциальной информации допускается в случаях, предусмотренных законодательством Республики Казахстан и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (или)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящим Договором;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="46D19B07" w14:textId="2751AD6F" w:rsidR="008C1849" w:rsidRPr="00EB2B8F" w:rsidRDefault="00A52DA8" w:rsidP="00542303">
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставлять Пользователю возможность доступа к Личному кабинету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...286 lines deleted...]
-    <w:p w14:paraId="7DE646ED" w14:textId="77777777" w:rsidR="009444F1" w:rsidRPr="00EB2B8F" w:rsidRDefault="007F1597" w:rsidP="000738E7">
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>насколько это возможно своевременно информировать Пользователя о возникших чрезвычайных ситуациях, затрудняющих или ухудшающих получение Услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...258 lines deleted...]
-    <w:p w14:paraId="4170BC13" w14:textId="03773446" w:rsidR="007F1597" w:rsidRPr="00EB2B8F" w:rsidRDefault="00672029" w:rsidP="000738E7">
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивать непрерывное отказоустойчивое функционирование Центра обработки данных Оператора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...80 lines deleted...]
-    <w:p w14:paraId="1CEBFA66" w14:textId="77777777" w:rsidR="007F1597" w:rsidRPr="00EB2B8F" w:rsidRDefault="007F1597" w:rsidP="000738E7">
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечить VPN-соединение ККМ с Центром обработки данных Оператора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="23F1D833" w14:textId="77777777" w:rsidR="007F1597" w:rsidRPr="00EB2B8F" w:rsidRDefault="00D426AA" w:rsidP="000738E7">
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>публиковать на Портале официальные сообщения, связанные с обслуживанием Пользователя, изменением Договора, тарифов, Тарифных планов и т.д.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...11 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007603BE" w:rsidRPr="00EB2B8F">
-[...35 lines deleted...]
-    <w:p w14:paraId="0FFFD866" w14:textId="77777777" w:rsidR="0051394F" w:rsidRPr="00EB2B8F" w:rsidRDefault="00C04B08" w:rsidP="000738E7">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обеспечить функционирование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> круглосуточной консультационно-информационной службы с единым номером дозвона по Республике Казахстан, обеспечивающей информационную и техническую поддержку Пользователей Услуг (единый номер дозвона указан на Портале);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по заявке Пользователя, поданной в консультационно-информационную службу по единому номеру дозвона и/или посредством электронной почты, принимать меры для устранения неисправностей, ухудшения качества или перерывов при оказании Услуг. При недостатках в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">работе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>VPN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-канала Оператора, в случае необходимости, направлять к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Пользователю соответствующий персонал для их устранения. Время устранения повреждений в работе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>VPN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-канала, возникших по вине Оператора, не должно превышать 72 часов с момента регистрации заявки Пользователя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оператор вправе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) приостанавливать оказание Услуг, оставляя за собой все права по настоящему Договору, в следующих случаях: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в случае, предусмотренном пунктом 17 Договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>если</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, по обоснованному мнению, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оператора, использование Пользователем Услуг может нанести ущерб Оператору и/или вызвать сбой технических и программных средств Оператора и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (или)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> третьих лиц; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в случае опубликования или распространения Пользователем любой информации или программ для ЭВМ, которые содержат в себе коды, по своему действию соответствующие действию компьютерных вирусов или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">других компонентов, приравненных к ним, что может повлечь за собой нарушение работы сети связи Оператора; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">если оказание Услуг может создать угрозу безопасности и обороноспособности государства, здоровью и безопасности людей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на основании предписания уполномоченного государственного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в случае нарушения Пользователем иных условий настоящего Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Возобновление оказания Услуг осуществляется Оператором после устранения нарушения и/или обстоятельств, послуживших основанием для приостановления предоставления Услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) получать от Пользователя информацию, необходимую для исполнения условий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>настоящего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) привлекать к исполнению настоящего Договора третьих лиц, отвечая за их действия, как за свои собственные;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) в порядке, предусмотренном пунктом 37 Договора, вносить изменения и дополнения в настоящий Договор, включая приложения к нему, а также тарифы и Тарифные планы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="listparagraph1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) по истечении одного календарного месяца с даты приостановления оказания Услуг по основаниям, предусмотренным подпунктом 1) пункта 12 настоящего Договора, прекратить оказание Услуг по Договору.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Возобновление оказания Услуг производится Оператором </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в порядке</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> установленном в Договоре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="651D798C" w14:textId="77777777" w:rsidR="00E82C1B" w:rsidRPr="00EB2B8F" w:rsidRDefault="0051394F" w:rsidP="00E82C1B">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="listparagraph1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) расторгнуть Договор в случаях и порядке, предусмотренных действующим законодательством Республики Казахстан и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (или)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договором;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="listparagraph1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7) при наличии у Пользователя задолженности привлекать для истребования такой задолженности третьих лиц.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пользователь согласен в этом случае на передачу Оператором третьим лицам информации о Пользователе, включающей Персональные данные Пользователя, сведения о стоимости полученных им Услуг, сумме задолженности, на передачу документов, подтверждающих наличие задолженности Пользователя, и на передачу иной информации, необходимой для взыскания задолженности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="listparagraph1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>8) проводить маркетинговые исследования и аналитику данных, полученных от Пользователя при оказании Услуг, в соответствии с условиями Договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="listparagraph1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) взыскать с Пользователя задолженность по настоящему Договору в порядке, предусмотренном законодательством Республики Казахстан, в т.ч. посредством совершения нотариусом исполнительной надписи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="listparagraph1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="listparagraph1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>13.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пользователь обязуется: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...92 lines deleted...]
-    <w:p w14:paraId="6EE32A54" w14:textId="4A760C90" w:rsidR="009F4D03" w:rsidRPr="00EB2B8F" w:rsidRDefault="00E82C1B" w:rsidP="00E502A6">
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подключать ККМ к Центру обработки данных Оператора в соответствии с инструкцией, размещаемой на Портале Оператора, а также руководством пользователя ККМ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>незамедлительно после подключения наземного VPN-канала подписывать акт приемки работ и/или акт передачи оборудования во временное владение и пользование (аренду), если таковое предоставляется Оператором, по утвержденной Оператором форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в случае, если оборудование было передано Пользователю во временное владение и пользование, до прекращения действия Договора вернуть Оператору оборудование в исправном состоянии и надлежащем виде либо возместить Оператору стоимость оборудования, указанную в акте передачи оборудования при утрате/ существенном повреждении оборудования, в результате которого его дальнейшее надлежащее использование является невозможным либо возместить Оператору суммы, затраченные на ремонт оборудования при ином повреждении оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в случае, если локальная сеть связи Пользователя организована таким образом, что точка подключения VPN-канала расположена вне ККМ, самостоятельно обеспечивать сохранность и безопасность передаваемых данных от ККМ до точки подключения VPN-канала Оператора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>своевременно и в полном объеме оплачивать оказываемые Оператором Услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в случае необходимости прекращения оказания Услуг (снятие с учета, списание ККМ и т.д.) подавать заявку в порядке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> установленном в пункте 36 Договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечить сохранность и конфиденциальность регистрационных и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Авторизационных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> данных, а также осуществлять настройку своих ресурсов и пользование Личным кабинетом способом, обеспечивающим их защиту от недобросовестного использования третьими лицами. Пользователь несет полную ответственность, в случае неисполнения указанной обязанности. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Все действия, совершенные с использованием регистрационных и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Авторизационных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> данных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пользователя, считаются осуществленными Пользователем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>незамедлительно сообщать Оператору:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о неисправностях, возникших при пользовании Услугами, путем подачи заявки в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>консультационно-информационную службу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оператора по единому номеру дозвона и/или посредством электронной почты (единый номер дозвона </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">и адрес электронной почты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>консультационно-информационной службы Оператора указаны на Портале)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>утрате</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Авторизационных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> данных или наличии обоснованных подозрений в отношении нарушения конфиденциальности своих регистрационных и (или) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Авторизационных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставить достоверные данные при регистрации на Портале и при подаче Заявок 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и незамедлительно актуализировать их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в случае изменения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не передавать свои права и обязанности по Договору третьим лицам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выполнять установленные технические требования при пользовании Услугой и эксплуатации ККМ и не совер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шать действия, приводящие к порче оборудования и нарушению работы Центра обработки данных и сети связи Оператора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...53 lines deleted...]
-      <w:pPr>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в случае приостановления деятельности, реорганизации, реабилитации, ликвидации (банкротстве) в течение 5 (пяти) рабочих дней с даты принятия соответствующего решения письменно уведомить об этом Оператора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="1BDBBFD8" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007603BE" w:rsidP="000738E7">
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">регулярно знакомиться с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">размещенной на Портале </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>информацией, связанной с предостав</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лением Услуг, включая информацию об </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изменении условий Договора, тарифов, Тарифных планов, авариях на сети и сроках их устранения и т.д.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>при исполнении настоящего Договора соблюдать законодательство Республики Казахстан по вопросам противодействия коррупции, а также информировать Оператора посредством «горячей линии» или путём обращения в консультационно-информационную службу Оператора о любых предполагаемых и фактических нарушениях законодательства Республики Казахстан по вопросам противодействия коррупции и предоставить Оператору возможность проводить периодический аудит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(проверку) бухгалтерской и иной финансово-хозяйственной документации, связанной с Договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>14.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пользователь </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> Пользователь вправе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">вправе: </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="585B8787" w14:textId="77777777" w:rsidR="00E502A6" w:rsidRPr="00EB2B8F" w:rsidRDefault="00E502A6" w:rsidP="000738E7">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="4A6B1983" w14:textId="77777777" w:rsidR="00534B28" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) пользоваться Услугами в соответствии с Договором;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="09BE9DC5" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="00534B28" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) требовать от Оператора предоставления необходимой информации о реквизитах, режиме работы, оказываемых Услугах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...105 lines deleted...]
-    <w:p w14:paraId="421CC9C7" w14:textId="1D0D6EF9" w:rsidR="00EC6C41" w:rsidRPr="00EB2B8F" w:rsidRDefault="008706D6" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) обращаться к Оператору при возникновении необходимости в технической или информационной поддержке по указанным на Портале единому номеру дозвона и/или адресу электронной почты; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00796629" w:rsidRPr="00EB2B8F">
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в порядке, предусмотренном </w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="354DB5EC" w14:textId="77777777" w:rsidR="001C30A8" w:rsidRPr="00EB2B8F" w:rsidRDefault="001C30A8" w:rsidP="000738E7">
+        <w:t xml:space="preserve"> в порядке, предусмотренном пунктом 36 Договора, подавать заявку на прекращение оказания Услуг и расторжение настоящего Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32FD6214" w14:textId="77777777" w:rsidR="007D187D" w:rsidRPr="00EB2B8F" w:rsidRDefault="003E12A1" w:rsidP="00F82CF4">
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB2B8F">
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="listparagraph1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002C52EA" w:rsidRPr="00EB2B8F">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="listparagraph1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007263AA" w:rsidRPr="00EB2B8F">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="listparagraph1"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ПОРЯДОК РАСЧЁТОВ</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3DA86EC2" w14:textId="77777777" w:rsidR="007802BD" w:rsidRPr="00EB2B8F" w:rsidRDefault="007802BD" w:rsidP="000738E7">
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5. ПОРЯДОК РАСЧЁТОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B7722BB" w14:textId="447368FF" w:rsidR="007635AC" w:rsidRPr="00EB2B8F" w:rsidRDefault="00DB6FD6" w:rsidP="00F56368">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15. Пользователь обязуется обеспечить до даты подключения Услуги/активации Тарифного плана наличие на Лицевом счете сумм (денег)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в размере равном либо превышающем стоимост</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тарифного плана, выбранного Пользователем для каждой подключенной ККМ.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BD637D" w:rsidRPr="00EB2B8F">
-[...185 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пополнение Лицевого счета осуществляется Пользователем в тенге путем перечисления денег на банковский счет Оператора, указанный в пункте 43 Договора.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4714723A" w14:textId="39816087" w:rsidR="00907F60" w:rsidRPr="00EB2B8F" w:rsidRDefault="00DB6FD6" w:rsidP="00F56368">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Списание с Лицевого счета Пользователя денежных средств в размере стоимости выбранного Пользователем Тарифного плана</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за весь срок подписки осуществляется единовременно в день активации Тарифного плана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оператор осуществляет подключение Услуг только при наличии на Лицевом счете Пользователя суммы (денег) в размере, определенном пунктом 15 Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>17. П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> окончани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> срока действ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тарифного плана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Оператор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прекращает </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказание Услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в рамках</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">данного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тарифного плана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00907F60" w:rsidRPr="00EB2B8F">
-[...27 lines deleted...]
-    <w:p w14:paraId="085B6760" w14:textId="0E01A1EF" w:rsidR="00FE6A35" w:rsidRPr="00EB2B8F" w:rsidRDefault="00BD637D" w:rsidP="00F56368">
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...372 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>18. Возобновление доступа к Услугам осуществляется после поступления предоплаты в соответствующем размере на Лицевой счет Пользователя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
-      <w:r w:rsidR="00206906" w:rsidRPr="00206906">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00206906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>выполн</w:t>
       </w:r>
-      <w:r w:rsidR="00206906">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ения им</w:t>
       </w:r>
-      <w:r w:rsidR="00206906" w:rsidRPr="00206906">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00206906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ины</w:t>
       </w:r>
-      <w:r w:rsidR="00206906">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>х</w:t>
       </w:r>
-      <w:r w:rsidR="00206906" w:rsidRPr="00206906">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00206906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> услови</w:t>
       </w:r>
-      <w:r w:rsidR="00206906">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>й</w:t>
       </w:r>
-      <w:r w:rsidR="00206906" w:rsidRPr="00206906">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00206906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, необходимы</w:t>
       </w:r>
-      <w:r w:rsidR="00206906">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>х</w:t>
       </w:r>
-      <w:r w:rsidR="00206906" w:rsidRPr="00206906">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00206906">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> для подключения Услуг с учетом выбранного Тарифного плана</w:t>
       </w:r>
-      <w:r w:rsidR="00A0359D" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBAAA84" w14:textId="4F9072F8" w:rsidR="007635AC" w:rsidRPr="00EB2B8F" w:rsidRDefault="00DC1D79" w:rsidP="00917EAD">
-[...1 lines deleted...]
-        <w:pStyle w:val="21"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="007635AC" w:rsidRPr="00EB2B8F">
-[...21 lines deleted...]
-    <w:p w14:paraId="7A2C5075" w14:textId="0EC53667" w:rsidR="007635AC" w:rsidRPr="00EB2B8F" w:rsidRDefault="007635AC" w:rsidP="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>19. Оператор ежемесячно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">в срок до 15 (пятнадцатого) числа месяца, следующего за </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk101170656"/>
-      <w:r w:rsidR="00742D9F" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>О</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Отчетным периодом</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>тчетным</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">, направляет Пользователю акт выполненных работ (оказанных услуг) в электронной форме посредством </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725567">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> периодом</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>b2b.telecom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">, направляет </w:t>
-[...38 lines deleted...]
-    <w:p w14:paraId="111795CA" w14:textId="6508F0BD" w:rsidR="007635AC" w:rsidRPr="00EB2B8F" w:rsidRDefault="002E21C0" w:rsidP="00EB2B8F">
+        <w:t>, либо по заявлению Пользователя - на бумажном носителе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>в срок до 15</w:t>
-[...56 lines deleted...]
-        <w:r w:rsidR="007635AC" w:rsidRPr="00EB2B8F">
+        <w:t xml:space="preserve">в срок до 15 (пятнадцатого) числа месяца, следующего за Отчетным периодом, посредством веб-портала электронных счетов-фактур  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00EB2B8F">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
-[...1 lines deleted...]
-            <w:color w:val="auto"/>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>www.esf.gov.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="007635AC" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, выставляет электронные счета-фактуры (далее – ЭСФ) за оказанные Услуги в порядке, предусмотренном налоговым законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50DA0E78" w14:textId="5F379D5E" w:rsidR="007635AC" w:rsidRPr="00EB2B8F" w:rsidRDefault="007635AC" w:rsidP="00EB2B8F">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">20. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>20. Пользователь обязан не позднее 20 (двадцатого) числа месяца, следующего за Отчетным периодом, подписать акт выполненных работ (оказанных услуг) и, в случае получения акта выполненных работ (оказанных услуг) на бумажном носителе, вручить один подписанный со своей стороны экземпляр Оператору. При этом в случае, если Пользователь в указанный срок не подписал акт выполненных работ (оказанных услуг), не вручил один подписанный со своей стороны экземпляр Оператору (в случае получения акта выполненных работ (оказанных услуг) на бумажном носителе) и не направил Оператору мотивированный отказ от его подписания, Услуги считаются оказанными надлежащим образом и принятыми Пользователем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Пользовател</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> в соответствии с направленным </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ь</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>акт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">обязан не позднее 20 (двадцатого) числа месяца, следующего за </w:t>
-[...182 lines deleted...]
-    <w:p w14:paraId="6754C649" w14:textId="77777777" w:rsidR="00396E7A" w:rsidRPr="00EB2B8F" w:rsidRDefault="00396E7A" w:rsidP="007635AC">
+        <w:t xml:space="preserve"> выполненных работ (оказанных услуг).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A47D8BA" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="003E12A1" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ОТВЕТСТВЕННОСТЬ СТОРОН</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="71523B39" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6. ОТВЕТСТВЕННОСТЬ СТОРОН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AB6E9DF" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="00F31CE4" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>21. Стороны несут ответственность за неисполнение или ненадлежащее исполнение своих обязательств по настоящему Договору в соответствии с условиями Договора, а в части, не урегулированной Договором</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00DA64DA" w:rsidRPr="00EB2B8F">
-[...16 lines deleted...]
-    <w:p w14:paraId="56370D11" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="00DB6FD6" w:rsidP="000738E7">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="18FD2529" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="00DB6FD6" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. Оператор не несет ответственности за какие-либо убытки, возникшие вследствие ненадлежащего использования или невозможности использования Услуг Пользователем. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="42876385" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="00DA64DA" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. Оператор не несет ответственности: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1370"/>
           <w:tab w:val="num" w:pos="-108"/>
           <w:tab w:val="left" w:pos="162"/>
           <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1211"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...45 lines deleted...]
-    <w:p w14:paraId="5F01C60C" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по спорам, возникшим между Пользователем и третьими лицами, вызванным неисполнением и/или ненадлежащим исполнением Пользователем обязательств, предусмотренных настоящим Договором; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1370"/>
           <w:tab w:val="num" w:pos="-108"/>
           <w:tab w:val="left" w:pos="162"/>
           <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1211"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>за полные или частичные перерывы в оказании Услуг, связанные с заменой оборудования, программного обеспечения или проведением других работ, вызванных</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="6217A74E" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">необходимостью поддержания работоспособности и развития технических средств Оператора, при условии предварительного извещения Пользователя о проведении таких работ не менее чем за сутки до начала их проведения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1370"/>
           <w:tab w:val="num" w:pos="-108"/>
           <w:tab w:val="left" w:pos="162"/>
           <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1211"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>за возможное ухудшение качества Услуг, связанное с особенностями распространения радиоволн вследствие метеорологических условий, рельефа местности и иных объективных причин;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="407A3939" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="00463557">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1370"/>
           <w:tab w:val="num" w:pos="-198"/>
           <w:tab w:val="left" w:pos="252"/>
           <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1211"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="2BF20A0A" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="00703FA7" w:rsidP="00463557">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">за возможные нежелательные для Пользователя последствия, возникшие вследствие неверного следования Пользователем инструкциям Оператора, полученным им посредством телефонной консультации Оператора и/или размещенным на Портале; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1370"/>
           <w:tab w:val="num" w:pos="-198"/>
           <w:tab w:val="left" w:pos="252"/>
           <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1211"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="7F77DC4C" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="00463557">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за обеспечение безопасности оборудования и программного обеспечения Пользователя, используемого им для получения Услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1370"/>
           <w:tab w:val="num" w:pos="-198"/>
           <w:tab w:val="left" w:pos="252"/>
           <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1211"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">за неудовлетворительное качество Услуг, нарушение сроков оказания Услуг или перебои в оказании Услуг вследствие использования Пользователем неисправного и/или не соответствующего требованиям Оператора оборудования; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344B586E" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="00463557">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1370"/>
           <w:tab w:val="num" w:pos="-198"/>
           <w:tab w:val="left" w:pos="252"/>
           <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1211"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="035E037A" w14:textId="77777777" w:rsidR="00C44315" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="00C44315">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за содержание информации, передаваемой (получаемой) Пользователем Оператору при пользовании Услугами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1370"/>
           <w:tab w:val="num" w:pos="-108"/>
           <w:tab w:val="left" w:pos="162"/>
           <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1211"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="24BA185B" w14:textId="72E98346" w:rsidR="00CD5863" w:rsidRPr="00EB2B8F" w:rsidRDefault="00703FA7" w:rsidP="00C44315">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за перерывы в оказании Услуг в случае сбоев подачи электроэнергии, не зависящих от Оператора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1370"/>
           <w:tab w:val="num" w:pos="-108"/>
           <w:tab w:val="left" w:pos="162"/>
           <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1211"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>за перерывы в оказании Услуг в случае сбоев программного обеспечения или оборудования, не принадлежащих Оператору;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="594AFD9A" w14:textId="77777777" w:rsidR="00562977" w:rsidRPr="00EB2B8F" w:rsidRDefault="00CD5863" w:rsidP="00562977">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1370"/>
           <w:tab w:val="num" w:pos="-108"/>
           <w:tab w:val="left" w:pos="162"/>
           <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1211"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>за техническую неисправность и/или ненадлежащую эксплуатацию ККМ, которые могут привести к ухудшению качества и/или невозможности предоставления Услуг;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75BE510F" w14:textId="77777777" w:rsidR="00562977" w:rsidRPr="00EB2B8F" w:rsidRDefault="00BA201C" w:rsidP="00562977">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1370"/>
           <w:tab w:val="num" w:pos="-108"/>
           <w:tab w:val="left" w:pos="162"/>
           <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1211"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-    <w:p w14:paraId="173CCD19" w14:textId="77777777" w:rsidR="00562977" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="00562977">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за убытки, понесенные Пользователем в результате пользования Услугами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1370"/>
           <w:tab w:val="num" w:pos="-108"/>
           <w:tab w:val="left" w:pos="162"/>
           <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1211"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="2C919688" w14:textId="4C348E1D" w:rsidR="002E21C0" w:rsidRPr="00EB2B8F" w:rsidRDefault="002E21C0" w:rsidP="00562977">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за возможные нежелательные для Пользователя последствия, возникшие вследствие оказания Пользователю Услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
+          <w:tab w:val="clear" w:pos="1370"/>
           <w:tab w:val="num" w:pos="-108"/>
           <w:tab w:val="left" w:pos="162"/>
           <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="num" w:pos="1211"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>за неисполнение или ненадлежащее исполнение обязательств по Договору в случае сбоев подачи электроэнергии, трафика сети Интернет, а также в иных случаях по причинам, не зависящим от Оператора.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A35AB24" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="00A716A1" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="47F32EF0" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="00222012" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. Ответственность Оператора за неисполнение обязательств по Договору не может превышать стоимости Услуг за соответствующий Отчётный период. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>25. В случае нарушения обязательств, предусмотренных Договором</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="007263AA" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пользователь несет ответственность за неблагоприятные последствия самостоятельно.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="575C8321" w14:textId="17184E6E" w:rsidR="003E1226" w:rsidRPr="00EB2B8F" w:rsidRDefault="00884B32">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...69 lines deleted...]
-    <w:p w14:paraId="1A85904E" w14:textId="462FEF2D" w:rsidR="00645F8E" w:rsidRPr="00EB2B8F" w:rsidRDefault="00C646B1">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>26. Оператор несет ответственность за обеспечение конфиденциальности информации о налогоплательщике, составляющей налоговую и иную охраняемую законом тайну, в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="131F6FF1" w14:textId="77777777" w:rsidR="00064F9C" w:rsidRPr="00EB2B8F" w:rsidRDefault="00064F9C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>27. Пользователь несет ответственность за своевременный возврат оборудования Оператора в исправном состоянии и надлежащем виде, переданного Пользователю во временное владение и пользование и обязуется возместить Оператору возникший ущерб на условиях настоящего Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="38163A0E" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="003E12A1" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>7. ОБСТОЯТЕЛЬСТВА НЕПРЕОДОЛИМОЙ СИЛЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28. Стороны освобождаются от ответственности за неисполнение или ненадлежащее исполнение своих обязательств по Договору, если докажут, что надлежащее исполнение оказалось невозможным вследствие обстоятельств непреодолимой силы, то есть вследствие чрезвычайных, непредвиденных и непредотвратимых при данных условиях обстоятельств, в число которых входят войны (включая локальные конфликты), мятежи, саботаж, пожары, взрывы, наводнение или иное стихийное бедствие. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">29. Стороны не несут ответственности за задержки в исполнении или неисполнение обязательств по Договору, если задержки или неисполнение произошли вследствие издания правовых актов государственных органов Республики Казахстан или органов местного самоуправления, имеющих непосредственное влияние на исполнение обязательств по Договору. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30. Сторона, подвергшаяся действию непреодолимой силы, обязана в течение 5 (пяти) рабочих дней уведомить другую Сторону о характере, виде, предполагаемой продолжительности действия непреодолимой силы, а также о том, выполнению каких обязанностей по Договору она препятствует, и предоставить доказательства наступления таких обстоятельств (при этом Оператор вправе уведомить Пользователя посредством размещения соответствующей информации на Портале или (и) путем ее направления в Личный кабинет Пользователя). В случае отсутствия уведомления Сторона, подвергшаяся действию непреодолимой силы, не может в дальнейшем ссылаться на действие непреодолимой силы как на основание, освобождающее ее от ответственности. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00DA6E9A" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>31. Наличие непреодолимой силы продлевает срок выполнения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сторонами обязательств по Договору пропорционально сроку ее действия. В </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>случае, если действие непреодолимой силы продлится более шести месяцев, Стороны могут, по предложению одной из Сторон, согласовать дальнейшие условия действия и/или возможность расторжения Договора</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="007263AA" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ОБСТОЯТЕЛЬСТВА НЕПРЕОДОЛИМОЙ СИЛЫ</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="47BE0C31" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. ПОРЯДОК РАЗРЕШЕНИЯ СПОРОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60E69D39" w14:textId="1DCB012D" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="00222012" w:rsidP="000738E7">
-[...264 lines deleted...]
-        <w:pStyle w:val="21"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="4F573EB7" w14:textId="39076786" w:rsidR="00D24F6D" w:rsidRPr="00EB2B8F" w:rsidRDefault="00222012" w:rsidP="000738E7">
+        <w:t>32. Договор подлежит исполнению и толкованию в соответствии с   законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">33. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Споры между Сторонами, возникающие из Договора, решаются путем переговоров. В случае недостижения соглашения в течение 15 (пятнадцати) календарных дней с момента получения одной из Сторон претензии или иного документа по поводу возникшего спора, споры подлежат разрешению</w:t>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Споры между Сторонами, возникающие из Договора, решаются путем переговоров. В случае недостижения соглашения в течение 15 (пятнадцати) календарных дней с момента получения одной из Сторон претензии или иного документа по поводу возникшего спора, споры подлежат разрешению в судах Республики Казахстан в порядке, предусмотренном действующим законодательством Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="610DD802" w14:textId="77777777" w:rsidR="00030F02" w:rsidRPr="00EB2B8F" w:rsidRDefault="00030F02" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6B24A349" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="003E12A1" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">9. СРОК ДЕЙСТВИЯ ДОГОВОРА, ПОРЯДОК ИЗМЕНЕНИЯ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> СРОК ДЕЙСТВИЯ ДОГОВОРА, ПОРЯДОК ИЗМЕНЕНИЯ </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="77990A32" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+        <w:t>И РАСТОРЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="452928E9" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
-        <w:jc w:val="center"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="57133927" w14:textId="15C56A29" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="00222012" w:rsidP="000738E7">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>34. Договор вступает в силу по истечении 10 (десять) календарных дней с даты первого размещения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящего Договора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на Портале - для существующих Пользователей, либо с даты подписания Пользователем Заявки 1 после истечения указанного срока, - для новых Пользователей, и действует до его расторжения в порядке, предусмотренном законодательством Республики Казахстан и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(или) Договором. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...250 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>35. Договор может быть расторгнут в случаях, предусмотренных законодательством</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007263AA" w:rsidRPr="00EB2B8F">
-[...40 lines deleted...]
-    <w:p w14:paraId="07E68381" w14:textId="5186769E" w:rsidR="00CD5614" w:rsidRPr="00EB2B8F" w:rsidRDefault="00222012" w:rsidP="004C6A24">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан и (или) Договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">36. Пользователь вправе в одностороннем порядке расторгнуть настоящий Договор (односторонний отказ), уведомив об этом Оператора посредством Портала, подав </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4125E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Заявк</w:t>
       </w:r>
-      <w:r w:rsidR="00A4125E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
-      <w:r w:rsidR="00A4125E" w:rsidRPr="00A4125E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A4125E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3</w:t>
       </w:r>
-      <w:r w:rsidR="00CD5614" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, в следующих случаях и порядке:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DEC494D" w14:textId="3E36A2BD" w:rsidR="00CD5614" w:rsidRPr="00EB2B8F" w:rsidRDefault="00CD5614" w:rsidP="004C6A24">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) в случае снятия ККМ с учета, уведомив Оператора не менее чем за 5 (пять) календарных дней до предполагаемой даты снятия ККМ с учета. В данном случае оказание Услуг и настоящий Договор, прекращаются по истечении 5 (пять) календарных дней с даты получения Оператором соответствующей заявки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указанном в пункте 37 Договора, не менее чем за 5 (пять) календарных дней до даты вступления в силу изменений к Договору. В данном случае оказание Услуг и настоящий Договор, прекращаются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA08B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по истечении 5 (пять) календарных дней с даты получения Оператором соответствующей заявки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10137E6B" w14:textId="2E816F6E" w:rsidR="00CD5614" w:rsidRPr="00EB2B8F" w:rsidRDefault="00CD5614" w:rsidP="004C6A24">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...90 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
-      <w:r w:rsidR="00A43D48">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>по своей инициативе</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - не менее чем за 30 (тридцать) календарных дней до предполагаемой даты прекращения оказания Услуг и Договора. В данном случае оказание Услуг и настоящий Договор, прекращаются по истечении 30 (тридцати) календарных дней с даты получения Оператором соответствующей заявки</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A4296BB" w14:textId="29F50708" w:rsidR="00CE70D2" w:rsidRPr="00EB2B8F" w:rsidRDefault="00222012" w:rsidP="00CD5614">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...22 lines deleted...]
-      <w:r w:rsidR="00CE70D2" w:rsidRPr="00EB2B8F">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">37. Договор может быть изменен Оператором </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>в одностороннем порядке путем размещения измененной редакции Договора</w:t>
       </w:r>
-      <w:r w:rsidR="009A3A3D">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> или его отдельной части (частей)</w:t>
       </w:r>
-      <w:r w:rsidR="00CE70D2" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> на Портале</w:t>
       </w:r>
-      <w:r w:rsidR="009A3A3D">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00CE70D2" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> не </w:t>
       </w:r>
-      <w:r w:rsidR="00413FFE">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>менее</w:t>
       </w:r>
-      <w:r w:rsidR="00CE70D2" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> чем за </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002B5AEE" w:rsidRPr="00EB2B8F">
+        <w:t xml:space="preserve"> чем за 10 (десять) календарных дней до даты вступления в силу внесенных изменений. Изменения в Договор вступают в силу по истечении 10 (десяти) календарных дней с даты первого размещения измененной редакции Договора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516E53">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">10 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE70D2" w:rsidRPr="00EB2B8F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002B5AEE" w:rsidRPr="00EB2B8F">
+        <w:t>или его отдельной части (частей)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>десять</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE70D2" w:rsidRPr="00EB2B8F">
+        <w:t>, если более длительный срок вступления изменений в силу не определен при таком размещении. С момента первого опубликования измененного варианта Договора</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">) календарных дней до даты вступления в силу внесенных изменений. Изменения в Договор вступают в силу по истечении </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002B5AEE" w:rsidRPr="00EB2B8F">
+        <w:t xml:space="preserve"> или его отдельной части (частей)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">10 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE70D2" w:rsidRPr="00EB2B8F">
+        <w:t xml:space="preserve"> на Портале, Пользователь считается уведомленным о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внесенных Оператором изменениях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...117 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. Пользователь </w:t>
       </w:r>
-      <w:r w:rsidR="00CE70D2" w:rsidRPr="00EB2B8F">
-[...27 lines deleted...]
-      <w:r w:rsidR="00516E53">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вправе отказаться от Договора в случае несогласия с вн</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>осимыми</w:t>
       </w:r>
-      <w:r w:rsidR="00516E53" w:rsidRPr="00EB2B8F">
-[...13 lines deleted...]
-      <w:r w:rsidR="00C60F56">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оператором изменениями, направив </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>З</w:t>
       </w:r>
-      <w:r w:rsidR="00C60F56" w:rsidRPr="00EB2B8F">
+      <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>аявку</w:t>
       </w:r>
-      <w:r w:rsidR="00C60F56">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3</w:t>
       </w:r>
-      <w:r w:rsidR="00C60F56" w:rsidRPr="00EB2B8F">
-[...84 lines deleted...]
-    <w:p w14:paraId="279D65F1" w14:textId="77777777" w:rsidR="00EF51EF" w:rsidRPr="00EB2B8F" w:rsidRDefault="00EF51EF" w:rsidP="000738E7">
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в порядке, предусмотренном пунктом 36 Договора. Не поступление Оператору в указанный срок такой заявки, означает безусловное принятие Пользователем измененных условий Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C5C9881" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="00430F57" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>10</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>10. ПРОЧИЕ УСЛОВИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="0732E693" w14:textId="6A735D08" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="00430F57" w:rsidP="000738E7">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-        <w:pStyle w:val="21"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>38. Если иное не определено Договором, обмен информацией (материалами) между Сторонами по Договору совершается исключительно в письменной форме. Письменные сообщения Сторон отправляются по почте, факсу, электронной почте, курьером, выдаются Стороне (её уполномоченному представителю) на руки или доставляются другими способами, позволяющими зафиксировать факт (дату, время) их передачи и данные об отправителе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...17 lines deleted...]
-    <w:p w14:paraId="7107AA1C" w14:textId="1A8E89A3" w:rsidR="00DE6DD9" w:rsidRPr="00EB2B8F" w:rsidRDefault="005C1F0A" w:rsidP="000738E7">
+        <w:t xml:space="preserve">39. Отношения Сторон, вытекающие из Договора и не урегулированные им, регулируются в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...41 lines deleted...]
-    <w:p w14:paraId="4E15E16B" w14:textId="22AF0D45" w:rsidR="00ED1EEE" w:rsidRPr="00EB2B8F" w:rsidRDefault="00F31CE4" w:rsidP="000738E7">
+        <w:t>40. Договор составлен на государственном и русском языках в двух экземплярах, имеющих равную юридическую силу. В случае наличия расхождений между текстами Договора на государственном и русском языках, приоритет имеет текст на русском языке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="3875996B" w14:textId="7FA274A1" w:rsidR="008E3A17" w:rsidRPr="00EB2B8F" w:rsidRDefault="00806AEF" w:rsidP="000738E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>41. Следующие приложения являются неотъемлемой частью Договора:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Приложение 1. «Заявка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">на присоединение к </w:t>
-[...38 lines deleted...]
-    <w:p w14:paraId="128B65A8" w14:textId="742F0A17" w:rsidR="00ED1EEE" w:rsidRPr="00EB2B8F" w:rsidRDefault="008E3A17" w:rsidP="000738E7">
+        <w:t>на присоединение к Типовому договору на оказание услуг приёма, обработки, хранения и передачи в неизменном виде фискальных данных в налоговые органы, подключение и тарификацию Услуги (Форма)».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...61 lines deleted...]
-    <w:p w14:paraId="08C791F6" w14:textId="77777777" w:rsidR="00B20F61" w:rsidRPr="00EB2B8F" w:rsidRDefault="00E21528" w:rsidP="00880E95">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) Приложение 2. «Тарифные планы по системе подписки». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">3) Приложение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00B20F61" w:rsidRPr="00EB2B8F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>. «Заявка на подключение и тарификацию услуг</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>. «Заявка на подключение и тарификацию услуг (Форма)».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Форма)</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>4) Приложение 4. «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD12E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>».</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6B37391F" w14:textId="12FE6A11" w:rsidR="00B20F61" w:rsidRPr="00EB2B8F" w:rsidRDefault="00AB1CFE" w:rsidP="00880E95">
+        <w:t>Заявка на расторжение Типового договора на оказание услуг приема, обработки, хранения и передачи в неизменном виде фискальных данных в налоговые органы и прекращение оказания услуг по нему</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Форма)».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">) Приложение </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">42. В соответствии с пунктом 2 статьи 386 Гражданского кодекса Республики Казахстан Стороны установили, что условия Договора касательно обработки и (или) обезличивания данных и сведений, в том числе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Персональных данных, распространяются на и применяются к не урегулированным Сторонами отношениям, возникшим с момента первичной (первоначальной) регистрации Пользователя на Портале или (и) первого (первоначального) использования Пользователем Услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>. «</w:t>
-[...172 lines deleted...]
-    <w:p w14:paraId="5FD553EA" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="00430F57" w:rsidP="000738E7">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>11</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="16011DB0" w14:textId="77777777" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="007263AA" w:rsidP="000738E7">
+        <w:t>11.РЕКВИЗИТЫ ОПЕРАТОРА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="43DCAF12" w14:textId="56A236CC" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="00D068D7" w:rsidP="001C30A8">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-    <w:p w14:paraId="563842BD" w14:textId="77777777" w:rsidR="009644D2" w:rsidRDefault="003C06AB" w:rsidP="001C30A8">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>43. АО «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахтелеком</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-    <w:p w14:paraId="05189CE1" w14:textId="114BAE1A" w:rsidR="007263AA" w:rsidRPr="00EB2B8F" w:rsidRDefault="003C06AB" w:rsidP="001C30A8">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес: Республика Казахстан, 010000, город Астана, район Есиль,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ул. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Сауран</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="009644D2">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB2B8F">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C471C29" w14:textId="3E736E04" w:rsidR="00504FED" w:rsidRPr="00EB2B8F" w:rsidRDefault="00504FED" w:rsidP="001C30A8">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>БИН 941240000193</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D9B52B2" w14:textId="77777777" w:rsidR="002B3E2C" w:rsidRDefault="003C06AB" w:rsidP="004828B8">
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB2B8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Бенефициар:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05A3FCA2" w14:textId="3E78B25C" w:rsidR="002B3E2C" w:rsidRDefault="00C86115" w:rsidP="00C86115">
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C86115">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Дивизион цифрового бизнеса – филиал АО</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Казахтелеком</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12E9D0C9" w14:textId="1836E0B6" w:rsidR="002B3E2C" w:rsidRDefault="00C86115" w:rsidP="00C86115">
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:right="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C86115">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Республика Казахстан, г. Астана, район Есиль, улица Алматы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C86115">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:right="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C86115">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>БИН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 250141018288</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C86115">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00750577" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:right="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C86115">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ИИК: KZ3160</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C86115">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>A861051851371</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00750577">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АО «Народный банк Казахстана»,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709" w:right="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00750577">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">БИК HSBKKZKX, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00750577">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кбе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00750577">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16, КНП 852.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00EB2B8F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidR="009644D2" w:rsidRPr="00C86115">
-[...266 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Приложение 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43A74DFE" w14:textId="108B90E2" w:rsidR="00F83AC4" w:rsidRPr="003B42B5" w:rsidRDefault="00F83AC4" w:rsidP="00891961">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>к Типовому договору</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> на оказание услуг приема, обработки, хранения </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0467E7FD" w14:textId="77777777" w:rsidR="00F83AC4" w:rsidRDefault="00F83AC4" w:rsidP="00F83AC4">
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">и передачи в </w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>неизменном виде фискальных данных в налоговые органы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="213B78CE" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRPr="003B42B5" w:rsidRDefault="00B01A01" w:rsidP="00F83AC4">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="01962A8A" w14:textId="77777777" w:rsidR="0042660F" w:rsidRPr="003B42B5" w:rsidRDefault="0042660F" w:rsidP="007A18A8">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78EAB058" w14:textId="59D9CF0F" w:rsidR="00F83AC4" w:rsidRPr="003B42B5" w:rsidRDefault="00F83AC4" w:rsidP="00F83AC4">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Заявка на присоединение к </w:t>
       </w:r>
-      <w:r w:rsidR="0060496E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Типовому д</w:t>
       </w:r>
-      <w:r w:rsidR="0060496E" w:rsidRPr="003B42B5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">оговору </w:t>
-      </w:r>
+        <w:t>оговору на оказание услуг приёма, обработки, хранения и передачи в неизменном виде фискальных данных в налоговые органы, подключение и тарификацию Услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>на оказание услуг приёма, обработки, хранения и передачи в неизменном виде фискальных данных в налоговые органы, подключение и тарификацию Услуги</w:t>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:t>Лицевой счет Пользователя</w:t>
+      </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Лицевой счет Пользователя</w:t>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Сведения о Пользователе: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E625CF2" w14:textId="77777777" w:rsidR="00F83AC4" w:rsidRPr="003B42B5" w:rsidRDefault="00F83AC4" w:rsidP="00066517">
-[...10 lines deleted...]
-    <w:p w14:paraId="7E94A9BE" w14:textId="77777777" w:rsidR="00F83AC4" w:rsidRPr="003B42B5" w:rsidRDefault="00F923BD" w:rsidP="00B458EE">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наименование _________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
-      <w:r w:rsidR="00F83AC4" w:rsidRPr="003B42B5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2840EB91" w14:textId="77777777" w:rsidR="00F83AC4" w:rsidRPr="003B42B5" w:rsidRDefault="00F83AC4" w:rsidP="00B458EE">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5D99D1CC" w14:textId="77777777" w:rsidR="00F83AC4" w:rsidRPr="003B42B5" w:rsidRDefault="00F923BD" w:rsidP="00B458EE">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-    <w:p w14:paraId="71125AD2" w14:textId="77777777" w:rsidR="00677462" w:rsidRPr="003B42B5" w:rsidRDefault="00677462" w:rsidP="00B458EE">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН/БИН: ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="683310B7" w14:textId="77777777" w:rsidR="00F83AC4" w:rsidRPr="003B42B5" w:rsidRDefault="00123E56" w:rsidP="00B458EE">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...38 lines deleted...]
-    <w:p w14:paraId="0A152203" w14:textId="77777777" w:rsidR="00677462" w:rsidRPr="003B42B5" w:rsidRDefault="00677462" w:rsidP="00B458EE">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>юридический адрес: ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="67C68549" w14:textId="77777777" w:rsidR="00677462" w:rsidRPr="003B42B5" w:rsidRDefault="00123E56" w:rsidP="00B458EE">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реквизиты расчетного счета (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>б</w:t>
       </w:r>
-      <w:r w:rsidR="00677462" w:rsidRPr="003B42B5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">анк, БИК, ИИК): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F42433" w14:textId="77777777" w:rsidR="00677462" w:rsidRPr="003B42B5" w:rsidRDefault="00677462" w:rsidP="00B458EE">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="421D9AD5" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="04C9C336" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="44"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>контактные данные:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B529C53" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00066517">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>номер телефона: ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B43EE59" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00066517">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адрес электронной почты: _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>Сведения о ККМ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA184E0" w14:textId="77777777" w:rsidR="00F83AC4" w:rsidRPr="003B42B5" w:rsidRDefault="00F83AC4" w:rsidP="00066517">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4573856D" w14:textId="77777777" w:rsidR="00F83AC4" w:rsidRPr="003B42B5" w:rsidRDefault="00123E56" w:rsidP="00066517">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="7BD290C5" w14:textId="77777777" w:rsidR="00F83AC4" w:rsidRPr="003B42B5" w:rsidRDefault="00677462" w:rsidP="00066517">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>идентификационный номер: ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5808BE2A" w14:textId="77777777" w:rsidR="00F83AC4" w:rsidRPr="003B42B5" w:rsidRDefault="00123E56" w:rsidP="00066517">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номер регистрационной карточки ККМ: _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес подключения:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...64 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53D3A093" w14:textId="77777777" w:rsidR="00F83AC4" w:rsidRPr="003B42B5" w:rsidRDefault="00F83AC4" w:rsidP="00066517">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Тип доступа:</w:t>
       </w:r>
-      <w:r w:rsidR="00123E56" w:rsidRPr="003B42B5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="159834DC" w14:textId="77777777" w:rsidR="00F83AC4" w:rsidRPr="003B42B5" w:rsidRDefault="00123E56" w:rsidP="00066517">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B3087E9" w14:textId="77777777" w:rsidR="00F83AC4" w:rsidRPr="003B42B5" w:rsidRDefault="00F83AC4" w:rsidP="00066517">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Тарифный план</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Тарифный план: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>Дата подключения услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="009F4D03" w:rsidRPr="003B42B5">
-[...26 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...69 lines deleted...]
-    <w:p w14:paraId="2D6A6451" w14:textId="77777777" w:rsidR="00F83AC4" w:rsidRPr="003B42B5" w:rsidRDefault="00F83AC4" w:rsidP="00F83AC4">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="65974A12" w14:textId="77777777" w:rsidR="00066517" w:rsidRPr="003B42B5" w:rsidRDefault="00F83AC4" w:rsidP="00066517">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="78017BCA" w14:textId="6FD4E84F" w:rsidR="00066517" w:rsidRPr="003B42B5" w:rsidRDefault="00066517" w:rsidP="00066517">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Подписанием настоящей заявки Пользователь:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="43"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">подтверждает, что ознакомлен с условиями </w:t>
       </w:r>
-      <w:r w:rsidR="0060496E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Типового договора </w:t>
       </w:r>
-      <w:r w:rsidR="0060496E" w:rsidRPr="003D4D8B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003D4D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>на оказание услуг приёма, обработки, хранения и передачи в неизменном виде фискальных данных в налоговые органы</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и присоединяется к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> нему</w:t>
       </w:r>
-      <w:r w:rsidR="001C58DC" w:rsidRPr="003B42B5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BF6D9C2" w14:textId="62414D59" w:rsidR="00066517" w:rsidRPr="003B42B5" w:rsidRDefault="00066517" w:rsidP="00066517">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="43"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-    <w:p w14:paraId="780CDE89" w14:textId="0D1D35F0" w:rsidR="00F83AC4" w:rsidRDefault="00FA3E71" w:rsidP="00FA3E71">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выражает свое согласие на подключение и тарификацию Услуги в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вышеуказанными данными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA3E71">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Указанная дата является актуальной в случае выполнения Пользователем всех условий, необходимых для подключения Услуги.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C21FBD" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRPr="002D2C6E" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="002D2C6E" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="524853C6" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="3BC2C306" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="39C08CD4" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2AE77E14" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0DDC8FAC" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="61807B1F" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="19003299" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="37A1E55C" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="58E8C2BA" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="74833E45" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="69F8E210" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0C05698A" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="46AE91EC" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="3220ECD1" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="3429DED9" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="45570B44" w14:textId="77777777" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="375800C7" w14:textId="2820419E" w:rsidR="00B01A01" w:rsidRDefault="00B01A01" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="78820DAE" w14:textId="3053D0C3" w:rsidR="003D3075" w:rsidRDefault="003D3075" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="1A7C88C2" w14:textId="36972BA1" w:rsidR="003D3075" w:rsidRDefault="003D3075" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="60719F52" w14:textId="01F9F2D8" w:rsidR="003D3075" w:rsidRDefault="003D3075" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6CE60B14" w14:textId="5043EA77" w:rsidR="003D3075" w:rsidRDefault="003D3075" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="5886ACDF" w14:textId="41A2D874" w:rsidR="003D3075" w:rsidRDefault="003D3075" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="1F56B422" w14:textId="5C493598" w:rsidR="003D3075" w:rsidRDefault="003D3075" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7F99FFBA" w14:textId="51F477E8" w:rsidR="003D3075" w:rsidRDefault="003D3075" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2AA8EA81" w14:textId="2D392DEE" w:rsidR="003D3075" w:rsidRDefault="003D3075" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="05A3DFDA" w14:textId="7ACF603F" w:rsidR="003D3075" w:rsidRDefault="003D3075" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="21B85C36" w14:textId="77777777" w:rsidR="009F70BD" w:rsidRDefault="009F70BD" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="38B6457B" w14:textId="77777777" w:rsidR="009F70BD" w:rsidRDefault="009F70BD" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="43944C8F" w14:textId="77777777" w:rsidR="009F70BD" w:rsidRDefault="009F70BD" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2B49F1BA" w14:textId="77777777" w:rsidR="009F70BD" w:rsidRDefault="009F70BD" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4ECB3600" w14:textId="77777777" w:rsidR="009F70BD" w:rsidRDefault="009F70BD" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="64E37823" w14:textId="77777777" w:rsidR="009F70BD" w:rsidRPr="003C1723" w:rsidRDefault="009F70BD" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003C1723" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="00AC379E" w14:textId="69DE5D12" w:rsidR="003D3075" w:rsidRDefault="003D3075" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="12A56FFB" w14:textId="6FC5B976" w:rsidR="003D3075" w:rsidRDefault="003D3075" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0F68D670" w14:textId="43F72FD3" w:rsidR="003D3075" w:rsidRDefault="003D3075" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7CF280C6" w14:textId="7E4324EF" w:rsidR="003D3075" w:rsidRDefault="003D3075" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="553F543F" w14:textId="77777777" w:rsidR="00B354AC" w:rsidRPr="003B42B5" w:rsidRDefault="00B354AC" w:rsidP="00B354AC">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="2"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk112921135"/>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="2"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Приложение 2</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="798FC821" w14:textId="166012D4" w:rsidR="00B354AC" w:rsidRPr="003B42B5" w:rsidRDefault="00B354AC" w:rsidP="00B354AC">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>к Типовому договору</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> на оказание услуг приема, обработки, хранения </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BFD92A0" w14:textId="77777777" w:rsidR="00B354AC" w:rsidRPr="003B42B5" w:rsidRDefault="00B354AC" w:rsidP="00B354AC">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">и передачи в </w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">неизменном виде фискальных данных в налоговые органы </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69EEC8AF" w14:textId="77777777" w:rsidR="00B354AC" w:rsidRPr="003B42B5" w:rsidRDefault="00B354AC" w:rsidP="00B354AC">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0895C322" w14:textId="77777777" w:rsidR="004113A9" w:rsidRPr="003B42B5" w:rsidRDefault="004113A9" w:rsidP="00B354AC">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="746BB5DB" w14:textId="77777777" w:rsidR="00D44E4B" w:rsidRPr="003B42B5" w:rsidRDefault="00D44E4B" w:rsidP="00B01A01">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Тарифные планы по системе подписки</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632C8FD6" w14:textId="77777777" w:rsidR="00D44E4B" w:rsidRPr="003B42B5" w:rsidRDefault="00D44E4B" w:rsidP="00D44E4B">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F96F98E" w14:textId="77777777" w:rsidR="00D44E4B" w:rsidRPr="003B42B5" w:rsidRDefault="00D44E4B" w:rsidP="00D44E4B">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="50"/>
+          <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF09D3F" w14:textId="77777777" w:rsidR="00D44E4B" w:rsidRPr="003B42B5" w:rsidRDefault="00D44E4B" w:rsidP="00D44E4B">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="928"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="020678D0" w14:textId="1FBB0356" w:rsidR="00637790" w:rsidRDefault="00637790" w:rsidP="00D44E4B">
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="51"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Тарифные планы по системе подписок включают услуги приема, обработки, хранения и передачи в неизменном виде в налоговые органы электронной информации о денежных расчетных операциях, осуществляемых с применением ККМ (далее – Услуга)</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="32CD3981" w14:textId="29BE3BBD" w:rsidR="00D44E4B" w:rsidRPr="003B42B5" w:rsidRDefault="00D44E4B" w:rsidP="00D44E4B">
+        <w:t>Тарифные планы по системе подписок включают услуги приема, обработки, хранения и передачи в неизменном виде в налоговые органы электронной информации о денежных расчетных операциях, осуществляемых с применением ККМ (далее – Услуга).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="51"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>В зависимости от срока подписки на</w:t>
       </w:r>
-      <w:r w:rsidR="007A1A82">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Услугу</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, Пользователь вправе выбрать один из следующих Тарифных планов:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0623C583" w14:textId="77777777" w:rsidR="00D44E4B" w:rsidRPr="003B42B5" w:rsidRDefault="00D44E4B" w:rsidP="00D44E4B">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5070"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2085"/>
+        <w:gridCol w:w="4520"/>
+        <w:gridCol w:w="2963"/>
+        <w:gridCol w:w="1859"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w14:paraId="38003FAD" w14:textId="77777777" w:rsidTr="00FA3E71">
+      <w:tr w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidTr="001C5F1A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="255CD62F" w14:textId="77777777" w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w:rsidRDefault="00FA3E71" w:rsidP="003836D6">
+          <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Наименование услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1586" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75918743" w14:textId="77777777" w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w:rsidRDefault="00FA3E71" w:rsidP="003836D6">
+          <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Наименование Тарифного плана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="672D7F4B" w14:textId="27D5CFF4" w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w:rsidRDefault="00FA3E71" w:rsidP="008A700D">
+          <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Срок подписки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w14:paraId="59BD35F5" w14:textId="77777777" w:rsidTr="00FA3E71">
+      <w:tr w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidTr="001C5F1A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C979A40" w14:textId="1B9A6549" w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w:rsidRDefault="00FA3E71" w:rsidP="005E58CA">
+          <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Услуга приема, обработки, хранения и передачи в неизменном виде в налоговые органы электронной информации о денежных расчетных операциях</w:t>
             </w:r>
             <w:r w:rsidRPr="00585665">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>, осуществляемых с применением ККМ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1586" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F057140" w14:textId="77777777" w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w:rsidRDefault="00FA3E71" w:rsidP="005E58CA">
+          <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Подписка на 1 месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="365C8245" w14:textId="77777777" w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w:rsidRDefault="00FA3E71" w:rsidP="005E58CA">
+          <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w14:paraId="4097DFC6" w14:textId="77777777" w:rsidTr="00FA3E71">
+      <w:tr w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidTr="001C5F1A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4ACBCE65" w14:textId="77777777" w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w:rsidRDefault="00FA3E71" w:rsidP="005E58CA">
+          <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1586" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07B9E318" w14:textId="77777777" w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w:rsidRDefault="00FA3E71" w:rsidP="005E58CA">
+          <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Подписка на 3 месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="056AAB7F" w14:textId="77777777" w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w:rsidRDefault="00FA3E71" w:rsidP="005E58CA">
+          <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3 месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w14:paraId="4A17EBE1" w14:textId="77777777" w:rsidTr="00FA3E71">
+      <w:tr w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidTr="001C5F1A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1D708D6B" w14:textId="77777777" w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w:rsidRDefault="00FA3E71" w:rsidP="005E58CA">
+          <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1586" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01EDF739" w14:textId="77777777" w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w:rsidRDefault="00FA3E71" w:rsidP="005E58CA">
+          <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Подписка на 6 месяцев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17143C06" w14:textId="77777777" w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w:rsidRDefault="00FA3E71" w:rsidP="005E58CA">
+          <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6 месяцев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w14:paraId="732EBACA" w14:textId="77777777" w:rsidTr="00FA3E71">
+      <w:tr w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidTr="001C5F1A">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2419" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="12C0F992" w14:textId="77777777" w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w:rsidRDefault="00FA3E71" w:rsidP="005E58CA">
+          <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1586" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10331FEC" w14:textId="77777777" w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w:rsidRDefault="00FA3E71" w:rsidP="005E58CA">
+          <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Подписка на 12 месяцев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="995" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35A726D3" w14:textId="77777777" w:rsidR="00FA3E71" w:rsidRPr="003B42B5" w:rsidRDefault="00FA3E71" w:rsidP="005E58CA">
+          <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12 месяцев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="62C0D93B" w14:textId="77777777" w:rsidR="00D44E4B" w:rsidRPr="003B42B5" w:rsidRDefault="00D44E4B" w:rsidP="00D44E4B">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="567"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B5AA465" w14:textId="17ECBC93" w:rsidR="00D44E4B" w:rsidRDefault="00D44E4B" w:rsidP="00D44E4B">
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="51"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Тарифный план по системе подписок выбирается</w:t>
       </w:r>
-      <w:r w:rsidR="00437B86">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и действует</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> для каждой ККМ индивидуально.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2242BDB3" w14:textId="32B8433B" w:rsidR="00637790" w:rsidRPr="004C6A24" w:rsidRDefault="00637790" w:rsidP="004C6A24">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="004C6A24" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="51"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Услуги </w:t>
-[...97 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Услуги в соответствии с Тарифным планом, выбранным по системе подписок, при подключении каждой ККМ </w:t>
       </w:r>
       <w:r w:rsidRPr="00637790">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>предоставляются Пользователю после выполнения в совокупности следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75743E09" w14:textId="77777777" w:rsidR="00637790" w:rsidRPr="00637790" w:rsidRDefault="00637790" w:rsidP="00637790">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00637790" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00637790">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  1) условий, предусмотренных пунктом 9 Договора;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CBB54F2" w14:textId="3D0C0A43" w:rsidR="00637790" w:rsidRPr="00637790" w:rsidRDefault="00637790" w:rsidP="000A09CF">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00637790" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00637790">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="00637790">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2) зарегистрировать Личный кабинет Пользователя на Портале;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B6B876" w14:textId="11F2873B" w:rsidR="00637790" w:rsidRPr="00637790" w:rsidRDefault="000F1BC9" w:rsidP="00637790">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00637790" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00637790" w:rsidRPr="00637790">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00637790">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="00637790" w:rsidRPr="00637790">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00637790">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">поставить ККМ на учет в органах государственных доходов; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54FB5F47" w14:textId="3A18D62E" w:rsidR="00637790" w:rsidRPr="00637790" w:rsidRDefault="000F1BC9" w:rsidP="00637790">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00637790" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00637790" w:rsidRPr="00637790">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00637790">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>) зарегистрировать ККМ в Личном кабинете Пользователя на Портале;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="262B16AC" w14:textId="65DD6864" w:rsidR="00637790" w:rsidRDefault="000F1BC9" w:rsidP="004C6A24">
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00637790" w:rsidRPr="00637790">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00637790">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">) активировать и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00637790" w:rsidRPr="00637790">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00637790">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>фискализировать</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00637790" w:rsidRPr="00637790">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00637790">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ККМ.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F47C58A" w14:textId="39096FB1" w:rsidR="00B36881" w:rsidRDefault="0084349D" w:rsidP="000A09CF">
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...25 lines deleted...]
-    <w:p w14:paraId="0656600D" w14:textId="7E413F0C" w:rsidR="00B36881" w:rsidRDefault="00B36881" w:rsidP="000A09CF">
+        <w:t>При этом для подключения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00531754">
+        <w:t>- первой ККМ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00531754">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> первой ККМ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00531754" w:rsidRPr="00531754">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00531754">
+        <w:t xml:space="preserve">Пользователю необходимо подать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в Личном кабинете </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Пользователю необходимо подать </w:t>
-[...26 lines deleted...]
-    <w:p w14:paraId="608713A4" w14:textId="12C7CB83" w:rsidR="0084349D" w:rsidRDefault="00B36881" w:rsidP="000A09CF">
+        <w:t>Заявку 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A90CB5">
+        <w:t xml:space="preserve">- второй и последующих ККМ либо первой ККМ после истечения срока подписки на Тарифный план, установленный для нее или до такого истечения в целях </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обеспечения беспрерывного оказания Услуг,</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>второй и последующих ККМ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00970C36">
+        <w:t xml:space="preserve"> а также при изменении Тарифного плана на другой в соответствии с настоящим Приложением, Пользователю необходимо подать </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в Личном кабинете </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> либо первой </w:t>
-[...218 lines deleted...]
-    <w:p w14:paraId="10EC7FF0" w14:textId="15D70ADA" w:rsidR="007003DD" w:rsidRPr="003B42B5" w:rsidRDefault="0084349D" w:rsidP="0084349D">
+        <w:t>Заявку 2 .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Заявка 1 и Заявка 2 подаются в отношении каждой ККМ.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F61891C" w14:textId="4295665A" w:rsidR="00D44E4B" w:rsidRDefault="006C648C" w:rsidP="00D44E4B">
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="51"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00BD2EA2">
+        <w:t>Активация выбранного Пользователем Тарифного плана и о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Пользователем</w:t>
+        <w:t>казание Услуги по выбранному Тарифному плану</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Тарифного плана и о</w:t>
+        <w:t xml:space="preserve"> в отношении каждой ККМ,</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">казание </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D44E4B" w:rsidRPr="003B42B5">
+        <w:t xml:space="preserve"> начинается в день</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Услуги по выбранному Тарифному плану</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A90CB5">
+        <w:t xml:space="preserve"> выполнения Пользователем пункта 4 настоящего Приложения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A45FA2">
+        <w:t>. Последним днем оказания Услуги является последний день</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>в отношении каждой</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A90CB5">
+        <w:t xml:space="preserve"> срока</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ККМ</w:t>
-[...54 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> подписки согласно выбранному Тарифному плану.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C6A7C8A" w14:textId="78845C5D" w:rsidR="00A90CB5" w:rsidRPr="003B42B5" w:rsidRDefault="00A90CB5" w:rsidP="00D44E4B">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="51"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Переход на другой Тарифный план при существующем подключении происходит после окончания срока </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="5BD5EFE1" w14:textId="79CDB53B" w:rsidR="00D44E4B" w:rsidRPr="003B42B5" w:rsidRDefault="00D44E4B" w:rsidP="00D44E4B">
+        <w:t>Переход на другой Тарифный план при существующем подключении происходит после окончания срока подписки текущего Тарифного плана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="51"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Денежные средства в размере стоимости Тарифного плана </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B21DB9" w:rsidRPr="003B42B5">
+        <w:t xml:space="preserve">Денежные средства в размере стоимости Тарифного плана за весь срок подписки списываются с </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">за весь </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C52F18" w:rsidRPr="003B42B5">
+        <w:t>Л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>срок</w:t>
-[...50 lines deleted...]
-    <w:p w14:paraId="39607C8E" w14:textId="3CE02E6D" w:rsidR="00D44E4B" w:rsidRPr="000A09CF" w:rsidRDefault="00A44E05" w:rsidP="000A09CF">
+        <w:t>ицевого счета Пользователя единовременно в день активации Тарифного плана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="000A09CF" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="51"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A09CF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>П</w:t>
-[...58 lines deleted...]
-    <w:p w14:paraId="45972A0E" w14:textId="04F1D4CD" w:rsidR="00D44E4B" w:rsidRPr="003B42B5" w:rsidRDefault="00D44E4B" w:rsidP="000A09CF">
+        <w:t>Подписание Сторонами актов выполненных работ (оказанных услуг) и выставление счетов-фактур осуществляется в порядке, предусмотренном в разделе 5 Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="51"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Временное отключение</w:t>
       </w:r>
-      <w:r w:rsidR="00F118FE">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, приостановление</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A09CF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Услуги </w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>по Тариф</w:t>
       </w:r>
-      <w:r w:rsidR="0010082C">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ным планам, указанным в пункте 2</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Приложения, а также переход на другой Тарифный план до истечения срока подписки</w:t>
       </w:r>
-      <w:r w:rsidR="003F6743" w:rsidRPr="000A09CF">
+      <w:r w:rsidRPr="000A09CF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003F6743" w:rsidRPr="003F6743">
+      <w:r w:rsidRPr="003F6743">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>текущего Тарифного плана</w:t>
       </w:r>
-      <w:r w:rsidR="003F6743">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> не допускаются.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53352617" w14:textId="5CF03469" w:rsidR="009E48F5" w:rsidRPr="003B42B5" w:rsidRDefault="00D44E4B" w:rsidP="000A09CF">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="listparagraph1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="51"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A09CF">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Пользователям </w:t>
-[...15 lines deleted...]
-        <w:t>доступен дополнительный</w:t>
+        <w:t>Пользователям по умолчанию доступен дополнительный</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сервис «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Автопродление</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">» </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003F6743" w:rsidRPr="003B42B5">
+        <w:t xml:space="preserve">»  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>текущего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тарифного плана, который позволяет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на постоянной основе приобретать Тарифный план наиболее схожий с текущим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тарифн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> план</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пользователя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00531754">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>той же</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Тарифного плана, который позволяет</w:t>
-[...167 lines deleted...]
-        <w:t xml:space="preserve"> Услуг</w:t>
+        <w:t xml:space="preserve"> ККМ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без перерыва в оказании Услуг</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, при условии </w:t>
       </w:r>
-      <w:r w:rsidR="00C56A9F">
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>наличия</w:t>
       </w:r>
-      <w:r w:rsidR="00C56A9F" w:rsidRPr="003B42B5">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">баланса на </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B5440C">
+        <w:t xml:space="preserve"> баланса на </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Л</w:t>
       </w:r>
-      <w:r w:rsidR="00B5440C" w:rsidRPr="003B42B5">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>счете Пользователя</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AC3211">
+        <w:t>ицевом счете Пользователя</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в размере равном или превышающем стоимость</w:t>
       </w:r>
-      <w:r w:rsidR="003F6743">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приобретаемого</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Тарифного плана.</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="39031360" w14:textId="1F7FC864" w:rsidR="006E79FD" w:rsidRPr="003B42B5" w:rsidRDefault="009E48F5" w:rsidP="00F500C2">
+        <w:t xml:space="preserve"> Тарифного плана. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="51"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Пользователь может отключить сервис «</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Автопродление</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">» в </w:t>
       </w:r>
-      <w:r w:rsidR="00B5440C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Л</w:t>
       </w:r>
-      <w:r w:rsidR="00B5440C" w:rsidRPr="003B42B5">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">кабинете. При этом </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ичном кабинете. При этом </w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">по </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>по окончани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>окончани</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>и</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> срока</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve"> подписки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>срока</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>арифного плана</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> подписки</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">действующего </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>для соответствующей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ККМ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00ED2543">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оператор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Т</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">арифного </w:t>
+        <w:t>иостанавливает</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-        <w:t>действующего</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказание Услуг до </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подключения</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-        <w:t>для соответствующей</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тарифного плана</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пользователем</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...109 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A979418" w14:textId="2883D36E" w:rsidR="00AB7BAB" w:rsidRPr="00F57813" w:rsidRDefault="00585B4E" w:rsidP="00F57813">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00F57813" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="51"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">В случае отключения Пользователем сервиса «Автопродление», в </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>В случае отключения Пользователем сервиса «Автопродление», в целях обеспечения беспрерывного оказания Услуг, Пользователю необходимо не менее чем за 1 (один) рабочий день до истечения срока</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F6743">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">целях обеспечения беспрерывного оказания Услуг, Пользователю необходимо не </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">менее </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">подписки действующего Тарифного плана, пополнить Лицевой счет и подать в Личном кабинете Заявку 2. При этом Пользователь вправе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выбрать тот же или другой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>чем за 1 (один) рабочий день до истечения срока</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>арифн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подписки</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">ый </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> действующего Тарифного плана</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>план</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">. Активация Тарифного плана осуществляется на следующий день после истечения срока подписки ранее выбранного Тарифного плана </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F57813">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>наличии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F57813">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> положительного баланса на Лицевом счете Пользователя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00F57813">
-[...122 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00F57813">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в размере равном или превышающем стоимость</w:t>
       </w:r>
-      <w:r w:rsidR="00A44DE1">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствующего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F57813">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тарифного плана.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="131369B6" w14:textId="400F9C72" w:rsidR="00C44315" w:rsidRPr="00C44315" w:rsidRDefault="006E79FD" w:rsidP="00C44315">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00C44315" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="51"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Оператор вправе </w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>в пор</w:t>
       </w:r>
-      <w:r w:rsidR="00BC1536">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ядке, предусмотренном пунктом 37</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Договора, вносить изменения в условия Тарифного плана, предусмотренные в настоящем </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
-      <w:r w:rsidR="00671AE5" w:rsidRPr="003B42B5">
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="76885F11" w14:textId="53DE5298" w:rsidR="0030242F" w:rsidRPr="00C44315" w:rsidRDefault="0030242F" w:rsidP="00C44315">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>риложении, упразднить Тарифный план. Оператор доводит до сведения Пользователей информацию об изменении условий/упразднении Тарифного плана, посредством опубликования соответствующей информации на Портале.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00C44315" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="51"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C44315">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">В случае прекращения оказания Услуг и/или расторжения Договора до истечения срока подписки по Тарифному плану, предусмотренного в пункте </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="68B415BF" w14:textId="02326D5E" w:rsidR="0030242F" w:rsidRPr="00FB698D" w:rsidRDefault="0030242F" w:rsidP="0030242F">
+        <w:lastRenderedPageBreak/>
+        <w:t>В случае прекращения оказания Услуг и/или расторжения Договора до истечения срока подписки по Тарифному плану, предусмотренного в пункте 2 настоящего Приложения, по инициативе Пользователя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00FB698D" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Оператор осуществляет перерасчет стоимости Услуг, оказанных Пользователю в течение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>фактического периода</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>, оказанных Пользователю</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>исходя из стоимости</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тарифно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> план</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Подписка на 1 месяц»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, умноженной на количество месяцев в течение которых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB5EB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004064DC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>в течение</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Пользователю были оказаны Услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...267 lines deleted...]
-        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB322EA" w14:textId="3D9726A5" w:rsidR="0030242F" w:rsidRDefault="0030242F" w:rsidP="0030242F">
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>по за</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">по заявлению Пользователя Оператор </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>я</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">возвращает Пользователю </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">влению Пользователя </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">положительную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>О</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>разницу между стоимостью</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">ператор </w:t>
+        <w:t xml:space="preserve"> Услуг по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB5EB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>выбранному им</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB698D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">возвращает Пользователю </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> Тарифно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">положительную </w:t>
+        <w:t>му</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB698D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>разницу между стоимостью</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> план</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Услуг по</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>, и стоимостью</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, определенной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подпункт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB5EB5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>выбранному им</w:t>
+        <w:t>1) пункта 14</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB698D">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> настоящего Приложения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Тарифно</w:t>
-[...138 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18FC01B6" w14:textId="7B1F857B" w:rsidR="00401AA7" w:rsidRDefault="009560D3" w:rsidP="00401AA7">
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>При этом</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">При этом возврат положительной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> возврат</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>разниц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> между стоимостью</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Услуг по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB5EB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DA3E56">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">положительной </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>выбранному Пользователем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>разниц</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> Тарифно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ы</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>му</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> план</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>между стоимостью</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Услуг по</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>, и стоимостью</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> Услуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>выбранному Пользователем</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">, определенной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Тарифно</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> подпункт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>му</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> план</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> 1) пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB698D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>, и стоимостью</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> настоящего Приложения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Услуг</w:t>
-[...199 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>, допускается после пользования Тарифным планом в течение опеределенного срока:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="af6"/>
+        <w:tblStyle w:val="a6"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5126"/>
-        <w:gridCol w:w="5127"/>
+        <w:gridCol w:w="4690"/>
+        <w:gridCol w:w="4655"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C522B" w14:paraId="0A7ED0EB" w14:textId="77777777" w:rsidTr="005C522B">
+      <w:tr w:rsidR="009B3AF4" w:rsidTr="001C5F1A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DD39C84" w14:textId="7143C14A" w:rsidR="005C522B" w:rsidRDefault="005C522B" w:rsidP="005C522B">
+          <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Наименование Тарифного плана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A286385" w14:textId="4F5B1926" w:rsidR="005C522B" w:rsidRDefault="005C522B" w:rsidP="00982A3F">
+          <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Срок </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">пользования </w:t>
             </w:r>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>подписк</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ой, при котором доступен возврат денежных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C522B" w14:paraId="0B9C7771" w14:textId="77777777" w:rsidTr="00982A3F">
+      <w:tr w:rsidR="009B3AF4" w:rsidTr="001C5F1A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E21748E" w14:textId="74E0A031" w:rsidR="005C522B" w:rsidRDefault="005C522B" w:rsidP="005C522B">
+          <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Подписка на 3 месяца</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2481335F" w14:textId="1C1871E7" w:rsidR="005C522B" w:rsidRDefault="00ED1360" w:rsidP="00982A3F">
+          <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">С первого по второй </w:t>
-[...8 lines deleted...]
-              <w:t>месяц</w:t>
+              <w:t>С первого по второй месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C522B" w14:paraId="4F8217C2" w14:textId="77777777" w:rsidTr="00982A3F">
+      <w:tr w:rsidR="009B3AF4" w:rsidTr="001C5F1A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C9ED8CF" w14:textId="6F410414" w:rsidR="005C522B" w:rsidRDefault="005C522B" w:rsidP="005C522B">
+          <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Подписка на 6 месяцев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44F03DDD" w14:textId="1A910C33" w:rsidR="005C522B" w:rsidRDefault="00ED1360" w:rsidP="00982A3F">
+          <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">С первого по четвертый </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> месяц</w:t>
+              <w:t>С первого по четвертый месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C522B" w14:paraId="3EB5B7E1" w14:textId="77777777" w:rsidTr="00982A3F">
+      <w:tr w:rsidR="009B3AF4" w:rsidTr="001C5F1A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5126" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CD64A76" w14:textId="23B4CC58" w:rsidR="005C522B" w:rsidRDefault="005C522B" w:rsidP="005C522B">
+          <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B42B5">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Подписка на 12 месяцев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53F37AAA" w14:textId="0FC85078" w:rsidR="005C522B" w:rsidRDefault="00ED1360" w:rsidP="00982A3F">
+          <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="001C5F1A">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">С первого по девятый </w:t>
-[...8 lines deleted...]
-              <w:t>месяц</w:t>
+              <w:t>С первого по девятый месяц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="651C1B80" w14:textId="77777777" w:rsidR="00495951" w:rsidRDefault="00495951" w:rsidP="00982A3F">
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11184762" w14:textId="28F50C18" w:rsidR="004C720F" w:rsidRPr="00FB698D" w:rsidRDefault="004C720F" w:rsidP="0030242F">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00FB698D" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="53"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>При отрицательной разнице между стоимостью</w:t>
       </w:r>
-      <w:r w:rsidR="00B134B6" w:rsidRPr="00B134B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B134B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B134B6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Услуг </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Услуг по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB5EB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>по</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>выбранному Пользователем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тарифному плану, и стоимостью Услуг, определенной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>выбранному Пользователем</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>согласно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...102 lines deleted...]
-    <w:p w14:paraId="51B80573" w14:textId="77777777" w:rsidR="001B6065" w:rsidRPr="00982A3F" w:rsidRDefault="001B6065" w:rsidP="00982A3F">
+        <w:t xml:space="preserve"> подпункту 1) пункта 14 настоящего Приложения, дополнительные суммы с Пользователя не взимаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="00982A3F" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7602E912" w14:textId="77777777" w:rsidR="000F3967" w:rsidRPr="003B42B5" w:rsidRDefault="0028017D" w:rsidP="000738E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="68B44981" w14:textId="77777777" w:rsidR="000F3967" w:rsidRPr="003B42B5" w:rsidRDefault="000F3967" w:rsidP="000738E7">
+        <w:t>2 Условия оказания информационной и технической поддержки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="6989DAE8" w14:textId="7F8D5347" w:rsidR="00C356F7" w:rsidRPr="003B42B5" w:rsidRDefault="0080420A" w:rsidP="00DC2937">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00C44315">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="000F3967" w:rsidRPr="003B42B5">
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Оператор оказывает Пользователям информационную и техническую поддержку по вопросам, связанным с Услугой,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5" w:rsidDel="00712FE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0059270A" w:rsidRPr="003B42B5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">по обращениям Пользователей в круглосуточную </w:t>
       </w:r>
-      <w:r w:rsidR="0059270A" w:rsidRPr="003B42B5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>консультационно-информационную службу Оператора.  Е</w:t>
       </w:r>
-      <w:r w:rsidR="0059270A" w:rsidRPr="003B42B5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">диный номер дозвона и адрес электронной почты </w:t>
       </w:r>
-      <w:r w:rsidR="0059270A" w:rsidRPr="003B42B5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>консультационно-информационной службы Оператора указаны на Портале.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidR="00C356F7" w:rsidRPr="003B42B5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="689FE732" w14:textId="77777777" w:rsidR="00B20F61" w:rsidRPr="003B42B5" w:rsidRDefault="00B20F61" w:rsidP="00C52F18">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Приложение </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="59755F1A" w14:textId="2C4CF104" w:rsidR="00B20F61" w:rsidRPr="003B42B5" w:rsidRDefault="00B20F61" w:rsidP="00B20F61">
+        <w:t>Приложение 3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>к Типовому договору</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> на оказание услуг приема, обработки, хранения </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06CE3E8B" w14:textId="77777777" w:rsidR="00B20F61" w:rsidRPr="003B42B5" w:rsidRDefault="00B20F61" w:rsidP="00B20F61">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">и передачи в </w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>неизменном виде фискальных данных в налоговые органы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="314202A9" w14:textId="77777777" w:rsidR="00EE284A" w:rsidRPr="003B42B5" w:rsidRDefault="00EE284A" w:rsidP="00EE284A">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C6CCEA8" w14:textId="77777777" w:rsidR="00B20F61" w:rsidRPr="003B42B5" w:rsidRDefault="00B20F61" w:rsidP="00B20F61">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0540E4E4" w14:textId="77777777" w:rsidR="00B20F61" w:rsidRPr="003B42B5" w:rsidRDefault="00B20F61" w:rsidP="00CB177A">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Заявка на подключение и тарификацию услуг</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2599BAD9" w14:textId="77777777" w:rsidR="00B20F61" w:rsidRPr="003B42B5" w:rsidRDefault="00B20F61" w:rsidP="00B20F61">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Лицевой счет Пользователя</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DB249A6" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Сведения о Пользователе: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DEC2A97" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
-[...10 lines deleted...]
-    <w:p w14:paraId="482ADA4A" w14:textId="77777777" w:rsidR="00F923BD" w:rsidRPr="003B42B5" w:rsidRDefault="00F923BD" w:rsidP="00F923BD">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>наименование: _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F053741" w14:textId="77777777" w:rsidR="00F923BD" w:rsidRPr="003B42B5" w:rsidRDefault="00F923BD" w:rsidP="00F923BD">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="76258171" w14:textId="77777777" w:rsidR="00F923BD" w:rsidRPr="003B42B5" w:rsidRDefault="00F923BD" w:rsidP="00F923BD">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ИИН/БИН: ________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E3BB2C" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="169048D9" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00F923BD">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>юридический адрес: ________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="384779B6" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2914FC88" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00F923BD">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>реквизиты расчетного счета (</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>б</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">анк, БИК, ИИК): </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2528B6D7" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25FB09E2" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2AB6EA49" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00F923BD">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="47"/>
+          <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>контактные данные:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4646BB6D" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>номер телефона: ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22911453" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адрес электронной почты: _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>Сведения о ККМ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BDC0869" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="433BA552" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>идентификационный номер: ________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62421A52" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF8AC55" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номер регистрационной карточки ККМ: _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес подключения:</w:t>
+      </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F3DD2E" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Тип доступа:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02D7E7B6" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE0E3C5" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Тарифный план:</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Тарифный план: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Дата подключения услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="609B78A2" w14:textId="77777777" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="476FD22B" w14:textId="6004D41E" w:rsidR="00B458EE" w:rsidRPr="003B42B5" w:rsidRDefault="00B458EE" w:rsidP="00B458EE">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Подписанием настоящей заявки Пользователь выражает свое согласие на подключение и тарификацию Услуги в соответствии с </w:t>
       </w:r>
-      <w:r w:rsidR="009F01E6" w:rsidRPr="009F01E6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009F01E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>вышеуказанными данными</w:t>
       </w:r>
-      <w:r w:rsidR="002D1809">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-        <w:tab/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA3E71">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Указанная дата является актуальной в случае выполнения Пользователем всех условий, необходимых для подключения Услуги.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7ADFAD" w14:textId="17472085" w:rsidR="001747C0" w:rsidRDefault="001747C0" w:rsidP="001747C0">
-[...27 lines deleted...]
-    <w:p w14:paraId="6AE3A3FF" w14:textId="77777777" w:rsidR="00B20F61" w:rsidRPr="003B42B5" w:rsidRDefault="00777CB3" w:rsidP="00B20F61">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>П</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="3A1757A9" w14:textId="218FCC69" w:rsidR="00B20F61" w:rsidRPr="003B42B5" w:rsidRDefault="00B20F61" w:rsidP="00B20F61">
+        <w:t>Приложение 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>к Типовому договору</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> на оказание услуг приема, обработки, хранения </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C8AC922" w14:textId="77777777" w:rsidR="00B20F61" w:rsidRPr="003B42B5" w:rsidRDefault="00B20F61" w:rsidP="00B20F61">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">и передачи в </w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>неизменном виде фискальных данных в налоговые органы</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6352F5EA" w14:textId="77777777" w:rsidR="00B20F61" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00D53605">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B106AD" w14:textId="77777777" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00D53605">
-[...10 lines deleted...]
-    <w:p w14:paraId="2259C735" w14:textId="27106B17" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00B20F61" w:rsidP="00AD12E7">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Заявка на</w:t>
       </w:r>
-      <w:r w:rsidR="00AD12E7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD12E7" w:rsidRPr="00AD12E7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD12E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>растор</w:t>
       </w:r>
-      <w:r w:rsidR="00AD12E7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>жение</w:t>
       </w:r>
-      <w:r w:rsidR="00AD12E7" w:rsidRPr="00AD12E7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD12E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Типово</w:t>
       </w:r>
-      <w:r w:rsidR="00AD12E7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>го</w:t>
       </w:r>
-      <w:r w:rsidR="00AD12E7" w:rsidRPr="00AD12E7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD12E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> договор</w:t>
       </w:r>
-      <w:r w:rsidR="00AD12E7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidR="00AD12E7" w:rsidRPr="00AD12E7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD12E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> на оказание услуг приема, обработки, хранения</w:t>
       </w:r>
-      <w:r w:rsidR="00AD12E7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD12E7" w:rsidRPr="00AD12E7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD12E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>и передачи в неизменном виде фискальных данных в налоговые органы</w:t>
       </w:r>
-      <w:r w:rsidR="00AD12E7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> прекращение оказания услуг</w:t>
       </w:r>
-      <w:r w:rsidR="00AD12E7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по нему</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:cr/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="693C041C" w14:textId="77777777" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00D53605">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Лицевой счет Пользователя _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E7692EE" w14:textId="77777777" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00D53605">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65EF9411" w14:textId="77777777" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00D53605">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Сведения о Пользователе: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="331047B0" w14:textId="77777777" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00D53605">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="129AF9EA" w14:textId="77777777" w:rsidR="00F923BD" w:rsidRPr="003B42B5" w:rsidRDefault="00F923BD" w:rsidP="00F923BD">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="49"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>наименование: _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E724AB7" w14:textId="77777777" w:rsidR="00F923BD" w:rsidRPr="003B42B5" w:rsidRDefault="00F923BD" w:rsidP="00F923BD">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="61A93DF9" w14:textId="77777777" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00F923BD">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="49"/>
+          <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ИИН/БИН: ________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34BB5E16" w14:textId="77777777" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00F923BD">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="131549A9" w14:textId="77777777" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00D53605">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>юридический адрес: ________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32B79FCD" w14:textId="77777777" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00D53605">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="497A5948" w14:textId="77777777" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00D53605">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>4)</w:t>
       </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>контактные данные:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C008E1" w14:textId="77777777" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00D53605">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>номер телефона: ______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632184E4" w14:textId="77777777" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00D53605">
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-    <w:p w14:paraId="17F40110" w14:textId="77777777" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00D53605">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>адрес электронной почты: _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Сведения о ККМ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="605C5DE3" w14:textId="77777777" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00D53605">
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>идентификационный номер: ________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30CD58A2" w14:textId="77777777" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00D53605">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50CE04D5" w14:textId="77777777" w:rsidR="00D53605" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00D53605">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>номер регистрационной карточки ККМ: _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес подключения: ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тарифный план: __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B42B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Дата подачи заявки ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу отключить Услуг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у, оказываемую согласно вышеуказанным характеристикам, в связи с расторжением мной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD12E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Типового договора на оказание услуг приема, обработки, хранения и передачи в неизменном виде фискальных данных в налоговые органы</w:t>
+      </w:r>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подписанием настоящей заявки Пользователь подтверждает, что ознакомлен и согласен с условиями прекращения оказания Услуги. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B42B5">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...37 lines deleted...]
-    <w:p w14:paraId="4BDB0B18" w14:textId="57BA4916" w:rsidR="00AD12E7" w:rsidRPr="003B42B5" w:rsidRDefault="00D53605" w:rsidP="00AD12E7">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Подача заявки не освобождает Пользователя от обязательства по оплате оказанных Услуг.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B3AF4" w:rsidRPr="003B42B5" w:rsidRDefault="009B3AF4" w:rsidP="009B3AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...125 lines deleted...]
-      <w:pgMar w:top="1134" w:right="510" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D61FC2" w:rsidRDefault="00D61FC2"/>
+    <w:sectPr w:rsidR="00D61FC2">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times">
-[...35 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...105 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04751CC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1ACA798"/>
     <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3686" w:hanging="360"/>
+        <w:ind w:left="502" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3773" w:hanging="360"/>
+        <w:ind w:left="730" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4493" w:hanging="180"/>
+        <w:ind w:left="1450" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5213" w:hanging="360"/>
+        <w:ind w:left="2170" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5933" w:hanging="360"/>
+        <w:ind w:left="2890" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6653" w:hanging="180"/>
+        <w:ind w:left="3610" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7373" w:hanging="360"/>
+        <w:ind w:left="4330" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8093" w:hanging="360"/>
+        <w:ind w:left="5050" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="8813" w:hanging="180"/>
+        <w:ind w:left="5770" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="08903A61"/>
-[...88 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09EB21BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8BBC37FC"/>
     <w:lvl w:ilvl="0" w:tplc="826AAC04">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1648" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -23352,2981 +15812,496 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5248" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5968" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6688" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0A261187"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E89165E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0300706E"/>
-[...1 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="71380AC0"/>
+    <w:lvl w:ilvl="0" w:tplc="64B271A0">
+      <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1500" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2220" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2940" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3660" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4380" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="5100" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5820" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6540" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7260" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23287AB6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="445C1422"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="465" w:hanging="465"/>
-[...112 lines deleted...]
-        <w:ind w:left="8299" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="9019" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="9739" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="10459" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="11179" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="11899" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="12619" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="13339" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="14059" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0BE92657"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24E769BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="403A6B2C"/>
-    <w:lvl w:ilvl="0" w:tplc="3FF60DC2">
+    <w:tmpl w:val="C0144EF0"/>
+    <w:lvl w:ilvl="0" w:tplc="F55E97B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="927" w:hanging="360"/>
+        <w:ind w:left="1110" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1647" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2367" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3087" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3807" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4527" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5247" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5967" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6687" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0E2D7867"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25961709"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3216CCF0"/>
-    <w:lvl w:ilvl="0" w:tplc="9E801FE2">
+    <w:tmpl w:val="B094B474"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1095" w:hanging="375"/>
-[...88 lines deleted...]
-        <w:ind w:left="927" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1647" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2367" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3087" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3807" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4527" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5247" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5967" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6687" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1391675A"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="45D82310"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1ED2C428"/>
-    <w:lvl w:ilvl="0" w:tplc="AFF87198">
+    <w:tmpl w:val="CC6493EC"/>
+    <w:lvl w:ilvl="0" w:tplc="893C422A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...201 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2367" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3087" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3807" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4527" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-[...2080 lines deleted...]
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49AD30C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="564E5A46"/>
     <w:lvl w:ilvl="0" w:tplc="96D00CF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1288" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
         <w:sz w:val="26"/>
         <w:szCs w:val="26"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2008" w:hanging="360"/>
@@ -26374,5600 +16349,516 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5608" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6328" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7048" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4ACB0362"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA5EB90E"/>
     <w:lvl w:ilvl="0" w:tplc="D5DA8532">
       <w:start w:val="14"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E8BAABE0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1211"/>
+          <w:tab w:val="num" w:pos="1370"/>
         </w:tabs>
-        <w:ind w:left="1211" w:hanging="360"/>
+        <w:ind w:left="1370" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B">
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2090" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F">
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2810" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019">
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3530" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B">
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4250" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F">
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4970" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019">
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5690" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B">
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6410" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
-[...358 lines deleted...]
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="600F73BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="18B66FC4"/>
     <w:lvl w:ilvl="0" w:tplc="42B0AAAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
+        <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1298" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2018" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2738" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3458" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4178" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4898" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5618" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6338" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="602C3F0B"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="635E607E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EE908C48"/>
-    <w:lvl w:ilvl="0" w:tplc="14729C98">
+    <w:tmpl w:val="A51A803C"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="927" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1647" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2367" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3087" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3807" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4527" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5247" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5967" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6687" w:hanging="180"/>
-[...265 lines deleted...]
-      <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
-      </w:pPr>
-[...820 lines deleted...]
-        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="39"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="36"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="40"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="43"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="30"/>
-[...76 lines deleted...]
-  <w:num w:numId="37">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="38">
-[...53 lines deleted...]
-  <w:numIdMacAtCleanup w:val="51"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:hyphenationZone w:val="141"/>
-[...2 lines deleted...]
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:doNotValidateAgainstSchema/>
-[...11 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="009F48C3"/>
-[...3490 lines deleted...]
-    <w:rsid w:val="00FF7E58"/>
+    <w:rsidRoot w:val="009B3AF4"/>
+    <w:rsid w:val="009B3AF4"/>
+    <w:rsid w:val="00D61FC2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3756090E"/>
-  <w15:docId w15:val="{2620275D-15DC-4492-9786-A4C106FFC66B}"/>
+  <w14:docId w14:val="4A2090A9"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{CF96D75C-08D0-43D6-A89D-A62941706A75}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
-[...8 lines deleted...]
-    <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 2" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -31989,51 +16880,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:qFormat="1"/>
@@ -32215,1513 +17106,512 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="003F5771"/>
+    <w:rsid w:val="009B3AF4"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Calibri"/>
-[...118 lines deleted...]
-      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...35 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="21">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="22"/>
-    <w:rsid w:val="00FE33F4"/>
+    <w:link w:val="20"/>
+    <w:rsid w:val="009B3AF4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Основной текст 2 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="21"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FE33F4"/>
+    <w:link w:val="2"/>
+    <w:rsid w:val="009B3AF4"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:aliases w:val="Bullet Number,lp1,Bullet List,FooterText,numbered,маркированный,Списки,Heading1,Colorful List - Accent 11,Colorful List - Accent 11CxSpLast,H1-1,SL_Абзац списка,[SL] Список маркированный,Абзац,Содержание. 2 уровень,Заголовок3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="00E201E0"/>
+    <w:rsid w:val="009B3AF4"/>
     <w:pPr>
       <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Абзац списка Знак"/>
+    <w:aliases w:val="Bullet Number Знак,lp1 Знак,Bullet List Знак,FooterText Знак,numbered Знак,маркированный Знак,Списки Знак,Heading1 Знак,Colorful List - Accent 11 Знак,Colorful List - Accent 11CxSpLast Знак,H1-1 Знак,SL_Абзац списка Знак,Абзац Знак"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009B3AF4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="listparagraph1">
     <w:name w:val="listparagraph1"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00643CE6"/>
+    <w:rsid w:val="009B3AF4"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
-[...2 lines deleted...]
-    <w:link w:val="a6"/>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...29 lines deleted...]
-    <w:rsid w:val="001E07AC"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009B3AF4"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
-[...243 lines deleted...]
-  <w:style w:type="table" w:styleId="af6">
+  <w:style w:type="table" w:styleId="a6">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:locked/>
-    <w:rsid w:val="00CA2950"/>
+    <w:rsid w:val="009B3AF4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af7">
-[...8 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s1">
     <w:name w:val="s1"/>
-    <w:rsid w:val="00F13F57"/>
+    <w:rsid w:val="009B3AF4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
-[...103 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:divs>
-[...442 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oofd.kz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esf.gov.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ismet.kz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.esf.gov.kz" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.b2b.telecom.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.oofd.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>39359</Characters>
+  <Pages>23</Pages>
+  <Words>6887</Words>
+  <Characters>39261</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>327</Lines>
   <Paragraphs>92</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...21 lines deleted...]
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>46171</CharactersWithSpaces>
+  <CharactersWithSpaces>46056</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>User</dc:creator>
+  <dc:creator>Абдрахманова Гульайдын</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>